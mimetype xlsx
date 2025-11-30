--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Dluhové poradenství</t>
   </si>
   <si>
     <t>Budišov nad Budišovkou, Fulnek, Odry, Vítkov</t>
   </si>
   <si>
     <t>Partyzánská 229, 74787 Budišov nad Budišovkou, Masarykova 388, 74245 Fulnek, Hranická 1113/48, 74235 Odry, 604 645 378, Komenského 169, 74901 Vítkov</t>
   </si>
   <si>
     <t>Charitní hospicová poradna a poradna pro pečující</t>
   </si>
   <si>
     <t>Bohumín, Havířov, Karviná, Ostrava</t>
   </si>
   <si>
@@ -501,59 +501,50 @@
     <t>Přemyslovců 224/63, 70900 Ostrava 9, 599 459 131, Novoveská 1168/14, 70900 Ostrava 9, 599 459 240, Šimáčkova 1148/27, 70900 Ostrava 9, 599 459 122</t>
   </si>
   <si>
     <t>Tyršova 1761/14, 70200 Ostrava 2, 599 442 643</t>
   </si>
   <si>
     <t>Frýdlant nad Ostravicí</t>
   </si>
   <si>
     <t>Padlých hrdinů 312, 73911 Frýdlant nad Ostravicí, 558 441 611</t>
   </si>
   <si>
     <t>Kopřivnice</t>
   </si>
   <si>
     <t>Česká 320/29c, 74221 Kopřivnice, 556 808 622</t>
   </si>
   <si>
     <t>Pečovatelská služba a Dům s pečovatelskou službou</t>
   </si>
   <si>
     <t>Dolní Lutyně</t>
   </si>
   <si>
     <t>K Penzionu 120, 73553 Dolní Lutyně, 552 301 296, 602 111 062</t>
-  </si>
-[...7 lines deleted...]
-    <t>Hrabyně 207, 74767 Hrabyně, 727 977 205</t>
   </si>
   <si>
     <t>Pečovatelská služba města Vratimova</t>
   </si>
   <si>
     <t>Vratimov</t>
   </si>
   <si>
     <t>Frýdecká 853/57, 73932 Vratimov, 595 705 911, 596 732 441</t>
   </si>
   <si>
     <t>Pečovatelská služba Příbor</t>
   </si>
   <si>
     <t>Příbor, Skotnice</t>
   </si>
   <si>
     <t>Jičínská 238, 74258 Příbor, 737 286 554</t>
   </si>
   <si>
     <t>Pečovatelská služba v rodinách</t>
   </si>
   <si>
     <t>Syllabova 1278/19, 70300 Ostrava, 605 408 005</t>
   </si>
@@ -963,54 +954,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C77"/>
+  <dimension ref="A1:C76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C77" sqref="C77"/>
+      <selection activeCell="C76" sqref="C76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1707,164 +1698,153 @@
         <v>163</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>164</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2" t="s">
         <v>166</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>167</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2" t="s">
         <v>169</v>
       </c>
       <c r="B67" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C67" s="2" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="B68" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C68" s="2" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="B69" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C69" s="2" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="B70" s="2" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2" t="s">
         <v>178</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>179</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2" t="s">
         <v>181</v>
       </c>
       <c r="B72" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C72" s="2" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="B73" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="C73" s="2" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2" t="s">
-        <v>100</v>
+        <v>185</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>186</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2" t="s">
         <v>188</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>189</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2" t="s">
         <v>191</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>193</v>
-      </c>
-[...9 lines deleted...]
-        <v>196</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">