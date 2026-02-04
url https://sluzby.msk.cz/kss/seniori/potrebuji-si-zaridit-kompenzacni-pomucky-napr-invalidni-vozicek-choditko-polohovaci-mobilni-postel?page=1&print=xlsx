--- v1 (2025-11-30)
+++ v2 (2026-02-04)
@@ -12,79 +12,70 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Dluhové poradenství</t>
   </si>
   <si>
     <t>Budišov nad Budišovkou, Fulnek, Odry, Vítkov</t>
   </si>
   <si>
     <t>Partyzánská 229, 74787 Budišov nad Budišovkou, Masarykova 388, 74245 Fulnek, Hranická 1113/48, 74235 Odry, 604 645 378, Komenského 169, 74901 Vítkov</t>
   </si>
   <si>
-    <t>Charitní hospicová poradna a poradna pro pečující</t>
-[...7 lines deleted...]
-  <si>
     <t>Charitní poradna</t>
   </si>
   <si>
     <t>Český Těšín, Horní Bludovice, Horní Suchá, Horní Tošanovice, Komorní Lhotka, Ropice, Soběšovice, Těrlicko</t>
   </si>
   <si>
     <t>Hrabinská 458/33, 73701 Český Těšín 1, 603 287 231</t>
   </si>
   <si>
     <t>Občanská poradna</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek, 773 173 604</t>
   </si>
   <si>
     <t>Občanská poradna Opava</t>
   </si>
   <si>
     <t>Opava, Slavkov</t>
   </si>
   <si>
     <t>Kylešovská 835/10, 74601 Opava, 731 316 552, Zámecká 156, 74757 Slavkov u Opavy, 731 316 552</t>
@@ -95,177 +86,177 @@
   <si>
     <t>Havířov</t>
   </si>
   <si>
     <t>Opletalova 607/4, 73601 Havířov, 734 864 124</t>
   </si>
   <si>
     <t>OBČANSKÁ PORADNA Karviná</t>
   </si>
   <si>
     <t>Karviná</t>
   </si>
   <si>
     <t>Havířská 1189/31, 73506 Karviná, 734 645 272, V Aleji 435/12, 73401 Karviná 4, 734 645 272</t>
   </si>
   <si>
     <t>občanská poradna Lexikona</t>
   </si>
   <si>
     <t>Krnov</t>
   </si>
   <si>
     <t>Hlavní náměstí 46/14, 79401 Krnov, 774 380 896</t>
   </si>
   <si>
-    <t>Občanská poradna Nový Jičín</t>
+    <t>Občanská poradna Novojičínsko</t>
   </si>
   <si>
     <t>Kopřivnice, Nový Jičín, Příbor</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 556 879 634, Sokolovská 617/9, 74101 Nový Jičín, 556 709 403, náměstí Sigmunda Freuda 19, 74258 Příbor, 556 709 403</t>
   </si>
   <si>
     <t>OBČANSKÁ PORADNA Ostrava, odborné sociální poradenství</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Štramberská 2871/47, 70300 Ostrava, 734 645 275</t>
   </si>
   <si>
     <t>Občanská poradna v Bohumíně</t>
   </si>
   <si>
     <t>Bohumín</t>
   </si>
   <si>
     <t>Štefánikova 957, 73581 Bohumín, 734 645 275</t>
   </si>
   <si>
     <t>Poradenské a informační centrum - odborné sociální poradenství</t>
   </si>
   <si>
     <t>Klimkovice, Ostrava, Petřvald, Šenov, Vratimov</t>
   </si>
   <si>
     <t>Holvekova 204/44, 71800 Ostrava 18, 734 875 532, Puchmajerova 980/10, 70200 Ostrava 2, 734 875 532, Plzeňská 2617/6, 70030 Ostrava 30, 734 875 532</t>
   </si>
   <si>
     <t>Poradenské centrum</t>
   </si>
   <si>
-    <t>Bílá, Čeladná, Frýdlant nad Ostravicí, Malenovice, Pržno, Pstruží</t>
+    <t>Baška, Bílá, Čeladná, Dobrá, Frýdlant nad Ostravicí, Janovice, Lučina, Malenovice, Ostravice, Pazderna, Pržno, Pstruží, Raškovice, Staré Hamry</t>
   </si>
   <si>
     <t>Náměstí 3, 73911 Frýdlant nad Ostravicí, 737 627 872, Padlých hrdinů 312, 73911 Frýdlant nad Ostravicí, 737 627 872</t>
   </si>
   <si>
     <t>Poradna Charity Ostrava</t>
   </si>
   <si>
     <t>Charvátská 785/8, 70030 Ostrava, 731 625 767</t>
   </si>
   <si>
-    <t>Poradna pro osoby se zdravotním postižením Nový Jičín</t>
+    <t>Poradna pro osoby se zdravotním postižením Opava</t>
+  </si>
+  <si>
+    <t>Bruntál, Krnov, Opava</t>
+  </si>
+  <si>
+    <t>Liptovská 1045/21, 74706 Opava, 553 734 109</t>
+  </si>
+  <si>
+    <t>Poradna pro osoby se zdravotním postižením Ostravsko a Frýdecko-Místecko</t>
+  </si>
+  <si>
+    <t>Frýdek-Místek, Ostrava</t>
+  </si>
+  <si>
+    <t>Kolaříkova 2185, 73801 Místek, Bieblova 2922/3, 70200 Ostrava 2, 596 115 318</t>
+  </si>
+  <si>
+    <t>Poradna Spolku Tulipán</t>
+  </si>
+  <si>
+    <t>Horní Suchá</t>
+  </si>
+  <si>
+    <t>Těrlická 1257, 73535 Horní Suchá, 608 567 552</t>
+  </si>
+  <si>
+    <t>Poradna sv. Alexandra</t>
+  </si>
+  <si>
+    <t>Františka Formana 251/13, 70030 Ostrava, 731 625 840</t>
+  </si>
+  <si>
+    <t>Odborné sociální poradenství v paliativní péči</t>
+  </si>
+  <si>
+    <t>Český Těšín</t>
+  </si>
+  <si>
+    <t>Ostravská 783, 73701 Český Těšín</t>
+  </si>
+  <si>
+    <t>Domov Vesalius, z. ú.</t>
+  </si>
+  <si>
+    <t>Opava</t>
+  </si>
+  <si>
+    <t>Sušilova 1751/1, 74601 Opava 1, 597 457 877, 608 414 993</t>
+  </si>
+  <si>
+    <t>Odlehčovací služba Ondrášek</t>
+  </si>
+  <si>
+    <t>Čavisov, Dolní Lhota, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
+  </si>
+  <si>
+    <t>Volgogradská 2633/2, 70030 Ostrava, Gurťjevova 459/11, 70030 Ostrava, 602 233 037</t>
+  </si>
+  <si>
+    <t>Odlehčovací služby</t>
+  </si>
+  <si>
+    <t>Bílá, Čeladná, Dobrá, Frýdlant nad Ostravicí, Janovice, Kozlovice, Kunčice pod Ondřejníkem, Lhotka, Malenovice, Metylovice, Ostravice, Pržno, Pstruží, Staré Hamry</t>
+  </si>
+  <si>
+    <t>Náměstí 6, 73911 Frýdlant nad Ostravicí, 603 980 386</t>
+  </si>
+  <si>
+    <t>Pohoda</t>
   </si>
   <si>
     <t>Nový Jičín</t>
   </si>
   <si>
-    <t>Sokolovská 617/9, 74101 Nový Jičín, 556 709 403</t>
-[...68 lines deleted...]
-    <t>Náměstí 6, 73911 Frýdlant nad Ostravicí, 603 980 386</t>
+    <t>Pod Lipami 2006/19, 74101 Nový Jičín, 556 778 391</t>
   </si>
   <si>
     <t>TABITA Český Těšín, odlehčovací služby</t>
   </si>
   <si>
     <t>Albrechtice, Český Těšín, Horní Suchá, Chotěbuz, Těrlicko</t>
   </si>
   <si>
     <t>Třanovského 1758/10, 73701 Český Těšín 1, 739 525 242</t>
   </si>
   <si>
     <t>TABITA Jablunkov, odlehčovací služby</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Horní Lomná, Hrádek, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
   <si>
     <t>Dukelská 108, 73991 Jablunkov, 558 713 772, 739 525 242</t>
   </si>
   <si>
     <t>TABITA Třinec, odlehčovací služby</t>
   </si>
   <si>
     <t>Bystřice, Hnojník, Nýdek, Ropice, Střítež, Třinec, Vělopolí, Vendryně</t>
   </si>
@@ -419,225 +410,237 @@
   <si>
     <t>Dolní Lomná</t>
   </si>
   <si>
     <t>Dolní Lomná 291, 73991 Jablunkov, 558 358 720</t>
   </si>
   <si>
     <t>Město Petřvald</t>
   </si>
   <si>
     <t>Petřvald</t>
   </si>
   <si>
     <t>náměstí Gen. Vicherka 2511, 73541 Petřvald, 596 542 905</t>
   </si>
   <si>
     <t>Centrum sociálních služeb Bohumín, příspěvková organizace</t>
   </si>
   <si>
     <t>Masarykova 365 365, 73581 Bohumín 1, 596 092 502, 987 654 321</t>
   </si>
   <si>
     <t>Pečovatelská služba</t>
   </si>
   <si>
-    <t>Albrechtičky, Bílovec, Bítov, Bravantice, Brušperk, Budišovice, Čavisov, Dolní Lhota, Hlubočec, Horní Lhota, Hrabyně, Jistebník, Kateřinice, Klimkovice, Kyjovice, Lhotka, Mošnov, Nové Sedlice, Olbramice, Ostrava, Otice, Petřvald, Pustá Polom, Raduň, Skřipov, Slatina, Stará Ves nad Ondřejnicí, Těškovice, Tísek, Trnávka, Velká Polom, Velké Albrechtice, Zbyslavice</t>
+    <t>Albrechtičky, Bílov, Bílovec, Bítov, Bravantice, Brušperk, Budišovice, Čavisov, Dolní Lhota, Hlubočec, Horní Lhota, Hrabyně, Jistebník, Kateřinice, Klimkovice, Krmelín, Kyjovice, Lhotka, Mošnov, Nové Sedlice, Olbramice, Ostrava, Otice, Petřvald, Pustá Polom, Raduň, Skřipov, Slatina, Stará Ves nad Ondřejnicí, Těškovice, Tísek, Trnávka, Velká Polom, Velké Albrechtice, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Lidická 217, 74283 Klimkovice, 739 424 175, Jahnova 867/12, 70900 Ostrava 9, 739 424 175</t>
   </si>
   <si>
     <t>Průběžná 6222/122, 70800 Ostrava 8, 555 131 673</t>
   </si>
   <si>
     <t>Bruntál</t>
   </si>
   <si>
     <t>Okružní 287/14, 79201 Bruntál</t>
   </si>
   <si>
     <t>pečovatelská služba</t>
   </si>
   <si>
     <t>Bělá, Bohuslavice, Bolatice, Darkovice, Dolní Benešov, Háj ve Slezsku, Hať, Hlučín, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kozmice, Kravaře, Markvartovice, Mokré Lazce, Nové Sedlice, Oldřišov, Opava, Píšť, Raduň, Rohov, Služovice, Strahovice, Sudice, Šilheřovice, Štěpánkovice, Štítina, Třebom, Velké Hoštice, Vřesina, Závada</t>
   </si>
   <si>
     <t>Hlučínská 739, 74727 Kobeřice, 606 168 192</t>
   </si>
   <si>
     <t>Andělská Hora, Bruntál, Heřmanovice, Holčovice, Horní Benešov, Ludvíkov, Město Albrechtice, Milotice nad Opavou, Osoblaha, Staré Město, Světlá Hora, Vrbno pod Pradědem</t>
   </si>
   <si>
     <t>U Rybníka 1568/4, 79201 Bruntál 1, 733 535 580, Svobody 428, 79312 Horní Benešov, 733 535 580, Nemocniční 767/6, 79395 Město Albrechtice, 733 535 580, Světlá 433, 79331 Světlá Hora, 733 535 580, Husova 626, 79326 Vrbno pod Pradědem, 733 535 580</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Fulnek, Heřmanice u Oder, Heřmánky, Hladké Životice, Jakubčovice nad Odrou, jiná obec v ČR, Kružberk, Kujavy, Luboměř, Mankovice, Melč, Moravice, Nové Lublice, Odry, Radkov, Spálov, Staré Těchanovice, Suchdol nad Odrou, Svatoňovice, Větřkovice, Vítkov, Vrchy</t>
   </si>
   <si>
     <t>Pivovarská 317, 74787 Budišov nad Budišovkou, 605 467 813, Masarykova 390, 74245 Fulnek 1, 605 467 813, Hranická 1110/32, 74235 Odry, 731 075 802, Lidická 608, 74901 Vítkov 1, 605 467 813</t>
   </si>
   <si>
     <t>Pod Lipami 2006/19, 74101 Nový Jičín 1, 556 778 391</t>
   </si>
   <si>
+    <t>Dětmarovice</t>
+  </si>
+  <si>
+    <t>čp. 670, 73571 Dětmarovice, 596 540 143</t>
+  </si>
+  <si>
+    <t>Orlová</t>
+  </si>
+  <si>
+    <t>Adamusova 1269, 73514 Orlová 4, 770 318 812</t>
+  </si>
+  <si>
+    <t>Přemyslovců 224/63, 70900 Ostrava 9, 599 459 131, Novoveská 1168/14, 70900 Ostrava 9, 599 459 240, Šimáčkova 1148/27, 70900 Ostrava 9, 599 459 122</t>
+  </si>
+  <si>
+    <t>Tyršova 1761/14, 70200 Ostrava 2, 599 442 643</t>
+  </si>
+  <si>
+    <t>Frýdlant nad Ostravicí</t>
+  </si>
+  <si>
+    <t>Padlých hrdinů 312, 73911 Frýdlant nad Ostravicí, 558 441 611</t>
+  </si>
+  <si>
+    <t>Kopřivnice</t>
+  </si>
+  <si>
+    <t>Česká 320/29c, 74221 Kopřivnice, 556 808 622</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba a Dům s pečovatelskou službou</t>
+  </si>
+  <si>
+    <t>Dolní Lutyně</t>
+  </si>
+  <si>
+    <t>K Penzionu 120, 73553 Dolní Lutyně, 552 301 296, 602 111 062</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba města Vratimova</t>
+  </si>
+  <si>
+    <t>Vratimov</t>
+  </si>
+  <si>
+    <t>Frýdecká 853/57, 73932 Vratimov, 595 705 911, 596 732 441</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba Příbor</t>
+  </si>
+  <si>
+    <t>Příbor, Skotnice</t>
+  </si>
+  <si>
+    <t>Jičínská 238, 74258 Příbor, 737 286 554</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba v rodinách</t>
+  </si>
+  <si>
+    <t>Syllabova 1278/19, 70300 Ostrava, 605 408 005</t>
+  </si>
+  <si>
+    <t>Seniorcentrum Opava, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Rolnická 1591/29, 74705 Opava 5, 553 730 056, 774 470 650</t>
+  </si>
+  <si>
+    <t>Sociální služby Bystřice</t>
+  </si>
+  <si>
+    <t>Bystřice</t>
+  </si>
+  <si>
+    <t>Bystřice 1317, 73995 Bystřice nad Olší, 702 097 304</t>
+  </si>
+  <si>
+    <t>Terénní pečovatelská služba OASA</t>
+  </si>
+  <si>
+    <t>Branka u Opavy, Dolní Životice, Háj ve Slezsku, Hlubočec, Hradec nad Moravicí, Chlebičov, Chvalíkovice, Kravaře, Litultovice, Mokré Lazce, Nové Sedlice, Oldřišov, Opava, Otice, Pustá Polom, Raduň, Skřipov, Slavkov, Služovice, Stěbořice, Štítina, Uhlířov, Velké Hoštice, Vršovice</t>
+  </si>
+  <si>
+    <t>Dohnálkova 3052/15, 74601 Opava 1, 553 796 222</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba Slezská Ostrava</t>
+  </si>
+  <si>
+    <t>Heřmanická 1431/19, 71000 Ostrava, 596 245 502, 602 369 430</t>
+  </si>
+  <si>
+    <t>Bystřice, Nýdek, Řeka, Smilovice, Střítež, Třinec, Vendryně</t>
+  </si>
+  <si>
+    <t>Lánská 128, 73961 Třinec, 734 115 925</t>
+  </si>
+  <si>
+    <t>Lepší péče z.s.</t>
+  </si>
+  <si>
+    <t>Štramberk</t>
+  </si>
+  <si>
+    <t>Leskovec nad Moravicí 20, 79368 Leskovec nad Moravicí, 734 510 506</t>
+  </si>
+  <si>
+    <t>Dům s pečovatelskou službou</t>
+  </si>
+  <si>
+    <t>Jindřichov</t>
+  </si>
+  <si>
+    <t>Jindřichov 172, 79383 Jindřichov, 554 641 744</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba Světlá Hora</t>
+  </si>
+  <si>
+    <t>Světlá Hora</t>
+  </si>
+  <si>
+    <t>Světlá 374, 79331 Světlá Hora, 554 773 150</t>
+  </si>
+  <si>
+    <t>Armáda spásy, Pečovatelská služba Rychvald</t>
+  </si>
+  <si>
     <t>Rychvald</t>
   </si>
   <si>
-    <t>Orlovská 678, 73532 Rychvald, 596 546 739</t>
-[...131 lines deleted...]
-    <t>Světlá 374, 79331 Světlá Hora, 554 773 150</t>
+    <t>Revoluční 529, 73532 Rychvald</t>
+  </si>
+  <si>
+    <t>Branka u Opavy, Bratříkovice, Brumovice, Budišovice, Dolní Životice, Háj ve Slezsku, Hlavnice, Hlubočec, Hněvošice, Holasovice, Hrabyně, Hradec nad Moravicí, Chlebičov, Chvalíkovice, Jakartovice, Jezdkovice, Kyjovice, Lhotka u Litultovic, Litultovice, Mikolajice, Mladecko, Mokré Lazce, Neplachovice, Nové Sedlice, Oldřišov, Opava, Otice, Pustá Polom, Raduň, Skřipov, Slavkov, Služovice, Sosnová, Stěbořice, Štáblovice, Štítina, Těškovice, Uhlířov, Velké Heraltice, Velké Hoštice, Vršovice</t>
+  </si>
+  <si>
+    <t>Sušilova 1751/1, 74601 Opava, 597 457 877</t>
+  </si>
+  <si>
+    <t>Komplexní domácí péče Hestia s.r.o. - pečovatelská služba</t>
+  </si>
+  <si>
+    <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
+  </si>
+  <si>
+    <t>Dlouhá třída 1510/18d, 73601 Havířov, 603 472 765</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1115,117 +1118,117 @@
         <v>33</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B14" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C14" s="2" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" s="2" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B18" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C18" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B19" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="B19" s="2" t="s">
+      <c r="C19" s="2" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B20" s="2" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>63</v>
@@ -1258,224 +1261,224 @@
         <v>70</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B27" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C27" s="2" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C28" s="2" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B29" s="2" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B31" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C31" s="2" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B32" s="2" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>92</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>95</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>98</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="B36" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="B36" s="2" t="s">
+      <c r="C36" s="2" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B37" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="C37" s="2" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B38" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="C38" s="2" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B39" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C39" s="2" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B40" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="C40" s="2" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B41" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="C41" s="2" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B42" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="C42" s="2" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2" t="s">
         <v>117</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>118</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>121</v>
@@ -1489,362 +1492,362 @@
         <v>123</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>124</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2" t="s">
         <v>126</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>127</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B48" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C48" s="2" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="B49" s="2" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C50" s="2" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>31</v>
+        <v>135</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="B53" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="B53" s="2" t="s">
+      <c r="C53" s="2" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B54" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="C54" s="2" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>145</v>
+        <v>65</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2" t="s">
-        <v>140</v>
+        <v>131</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>45</v>
+        <v>145</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2" t="s">
-        <v>140</v>
+        <v>131</v>
       </c>
       <c r="B57" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="C57" s="2" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>150</v>
+        <v>28</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>152</v>
+        <v>28</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>31</v>
+        <v>151</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>31</v>
+        <v>153</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2" t="s">
-        <v>134</v>
+        <v>155</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2" t="s">
-        <v>134</v>
+        <v>158</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>164</v>
+        <v>28</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2" t="s">
         <v>166</v>
       </c>
       <c r="B66" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C66" s="2" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="B67" s="2" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2" t="s">
         <v>171</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>13</v>
+        <v>172</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>62</v>
+        <v>28</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2" t="s">
-        <v>175</v>
+        <v>97</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2" t="s">
         <v>178</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>179</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2" t="s">
         <v>181</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>31</v>
+        <v>182</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2" t="s">
-        <v>100</v>
+        <v>184</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2" t="s">
-        <v>188</v>
+        <v>55</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">