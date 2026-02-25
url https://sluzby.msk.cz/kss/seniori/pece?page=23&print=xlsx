--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -353,51 +353,51 @@
   <si>
     <t>Domov pro seniory Frýdek-Místek, příspěvková organizace</t>
   </si>
   <si>
     <t>28. října 2155, 73801 Frýdek-Místek, 602 390 425</t>
   </si>
   <si>
     <t>Domov pro seniory Iris, Ostrava Mariánské Hory, příspěvková organizace</t>
   </si>
   <si>
     <t>Rybářská 1223/13, 70900 Ostrava, 596 625 874</t>
   </si>
   <si>
     <t>Domov pro seniory Kamenec, Slezská Ostrava, příspěvková organizace</t>
   </si>
   <si>
     <t>Bohumínská 1056/71, 71000 Ostrava, 599 505 045</t>
   </si>
   <si>
     <t>Domov pro seniory Klimkovice</t>
   </si>
   <si>
     <t>Klimkovice</t>
   </si>
   <si>
-    <t>Jarmily Glazarové 245, 74283 Klimkovice, 556 420 741</t>
+    <t>17. listopadu 538/57, 74301 Bílovec, 556 420 741</t>
   </si>
   <si>
     <t>Domov pro seniory Krnov</t>
   </si>
   <si>
     <t>Rooseveltova 2141/51, 79401 Krnov, 554 684 611, 602 793 844</t>
   </si>
   <si>
     <t>Rooseveltova 2141/51, 79401 Krnov, 554 684 611</t>
   </si>
   <si>
     <t>Domov pro seniory Ludmila</t>
   </si>
   <si>
     <t>Háj ve Slezsku</t>
   </si>
   <si>
     <t>Poddubí 7, 74792 Háj ve Slezsku</t>
   </si>
   <si>
     <t>Domov pro seniory OASA Petřvald</t>
   </si>
   <si>
     <t>Petřvald</t>
   </si>