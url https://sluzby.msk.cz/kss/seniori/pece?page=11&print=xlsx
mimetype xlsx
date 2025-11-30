--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="456">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="458">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>A/SS</t>
   </si>
   <si>
     <t>Třinec</t>
   </si>
   <si>
     <t>Kaštanová 268, 73961 Třinec, 558 309 101</t>
   </si>
   <si>
     <t>Adámkova vila, Domov se zvláštním režimem, z. ú.</t>
   </si>
   <si>
     <t>Raškovice</t>
   </si>
   <si>
@@ -1169,50 +1169,53 @@
   <si>
     <t>Jičínská 238, 74258 Příbor, 737 286 554</t>
   </si>
   <si>
     <t>Pečovatelská služba v rodinách</t>
   </si>
   <si>
     <t>Syllabova 1278/19, 70300 Ostrava, 605 408 005</t>
   </si>
   <si>
     <t>Penzion pro seniory</t>
   </si>
   <si>
     <t>Lískovecká 86, 73801 Frýdek-Místek 1, 558 417 301</t>
   </si>
   <si>
     <t>Lískovecká 86, 73801 Frýdek-Místek, 558 631 819</t>
   </si>
   <si>
     <t>Pohoda</t>
   </si>
   <si>
     <t>SAREPTA Komorní Lhotka, domov pro seniory</t>
   </si>
   <si>
+    <t>Komorní Lhotka</t>
+  </si>
+  <si>
     <t>U Svobodáren 1303/10, 73506 Karviná, U Svobodáren 1300/8, 73506 Karviná, 553 701 888, 737 487 244</t>
   </si>
   <si>
     <t>Seniorcentrum Opava, příspěvková organizace</t>
   </si>
   <si>
     <t>Rolnická 1591/29, 74705 Opava 5, 553 730 056, 774 470 650</t>
   </si>
   <si>
     <t>Rolnická 1550/24, 74705 Opava, 553 730 056, 770 190 491</t>
   </si>
   <si>
     <t>SILOE Ostrava, centrum denních služeb</t>
   </si>
   <si>
     <t>Rolnická 55/360, 70900 Ostrava, 733 124 425</t>
   </si>
   <si>
     <t>SILOE Ostrava, odlehčovací služby</t>
   </si>
   <si>
     <t>Rolnická 55/360, 70900 Ostrava 9, 733 142 425</t>
   </si>
   <si>
     <t>Siloe, domov se zvláštním režimem</t>
@@ -1364,66 +1367,69 @@
   <si>
     <t>Lepší péče z.s.</t>
   </si>
   <si>
     <t>Štramberk</t>
   </si>
   <si>
     <t>Leskovec nad Moravicí 20, 79368 Leskovec nad Moravicí, 734 510 506</t>
   </si>
   <si>
     <t>Dohnálkova 3052/15, 74601 Opava</t>
   </si>
   <si>
     <t>Dům s pečovatelskou službou</t>
   </si>
   <si>
     <t>Jindřichov</t>
   </si>
   <si>
     <t>Jindřichov 172, 79383 Jindřichov, 554 641 744</t>
   </si>
   <si>
     <t>Integrovaný sociální ústav Komorní Lhotka čp. 184, příspěvková organizace</t>
   </si>
   <si>
-    <t>Komorní Lhotka</t>
-[...1 lines deleted...]
-  <si>
     <t>čp. 184, 73953 Hnojník</t>
   </si>
   <si>
     <t>OASA nezisková</t>
   </si>
   <si>
     <t>Pečovatelská služba Světlá Hora</t>
   </si>
   <si>
     <t>Světlá Hora</t>
   </si>
   <si>
     <t>Světlá 374, 79331 Světlá Hora, 554 773 150</t>
+  </si>
+  <si>
+    <t>Sociální služby města Orlová, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Adamusova 1269, 73514 Orlová</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1740,54 +1746,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C219"/>
+  <dimension ref="A1:C220"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C219" sqref="C219"/>
+      <selection activeCell="C220" sqref="C220"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -3804,406 +3810,417 @@
         <v>380</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C185" s="2" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="2" t="s">
         <v>383</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C186" s="2" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="2" t="s">
         <v>384</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>21</v>
+        <v>385</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="2" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="2" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="2" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="2" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="2" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="2" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="2" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="2" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="2" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>292</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="2" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="B198" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="C198" s="2" t="s">
         <v>407</v>
-      </c>
-[...4 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="2" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="B200" s="2" t="s">
+        <v>414</v>
+      </c>
+      <c r="C200" s="2" t="s">
         <v>412</v>
-      </c>
-[...4 lines deleted...]
-        <v>411</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="2" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B201" s="2" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="B202" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="C202" s="2" t="s">
         <v>417</v>
-      </c>
-[...4 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="2" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="2" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="2" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="2" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="2" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>313</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="2" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>313</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="2" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="2" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="2" t="s">
         <v>249</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="2" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="2" t="s">
         <v>105</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="2" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B214" s="2" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="2" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B216" s="2" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="2" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B217" s="2" t="s">
-        <v>450</v>
+        <v>385</v>
       </c>
       <c r="C217" s="2" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="2" t="s">
         <v>452</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="2" t="s">
         <v>453</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>454</v>
       </c>
       <c r="C219" s="2" t="s">
         <v>455</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="B220" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="C220" s="2" t="s">
+        <v>457</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">