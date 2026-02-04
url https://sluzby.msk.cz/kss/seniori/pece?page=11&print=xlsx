--- v1 (2025-11-30)
+++ v2 (2026-02-04)
@@ -12,83 +12,83 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="458">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="472">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>A/SS</t>
   </si>
   <si>
     <t>Třinec</t>
   </si>
   <si>
     <t>Kaštanová 268, 73961 Třinec, 558 309 101</t>
   </si>
   <si>
     <t>Adámkova vila, Domov se zvláštním režimem, z. ú.</t>
   </si>
   <si>
     <t>Raškovice</t>
   </si>
   <si>
     <t>Raškovice 28, 73904 Raškovice, 730 820 129</t>
   </si>
   <si>
     <t>Adámkova vila, Osobní asistence, z.ú.</t>
   </si>
   <si>
-    <t>Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
+    <t>Dobrá, Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
   </si>
   <si>
     <t>Raškovice 28, 73904 Pražmo, 730 820 129</t>
   </si>
   <si>
     <t>ADP Tikvah při ŽO Ostrava</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Tovární 732/15, 70900 Ostrava, 596 613 613, 774 420 087</t>
   </si>
   <si>
     <t>Armáda spásy, Domov Přístav Frýdek - Místek</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Míru 1313, 73801 Frýdek-Místek, 737 215 433</t>
   </si>
   <si>
     <t>Armáda spásy, Domov Přístav Ostrava - Zukalova</t>
   </si>
@@ -353,51 +353,51 @@
   <si>
     <t>Domov pro seniory Frýdek-Místek, příspěvková organizace</t>
   </si>
   <si>
     <t>28. října 2155, 73801 Frýdek-Místek, 602 390 425</t>
   </si>
   <si>
     <t>Domov pro seniory Iris, Ostrava Mariánské Hory, příspěvková organizace</t>
   </si>
   <si>
     <t>Rybářská 1223/13, 70900 Ostrava, 596 625 874</t>
   </si>
   <si>
     <t>Domov pro seniory Kamenec, Slezská Ostrava, příspěvková organizace</t>
   </si>
   <si>
     <t>Bohumínská 1056/71, 71000 Ostrava, 599 505 045</t>
   </si>
   <si>
     <t>Domov pro seniory Klimkovice</t>
   </si>
   <si>
     <t>Klimkovice</t>
   </si>
   <si>
-    <t>Jarmily Glazarové 245, 74283 Klimkovice, 556 420 741</t>
+    <t>17. listopadu 538/57, 74301 Bílovec, 556 420 741</t>
   </si>
   <si>
     <t>Domov pro seniory Krnov</t>
   </si>
   <si>
     <t>Rooseveltova 2141/51, 79401 Krnov, 554 684 611, 602 793 844</t>
   </si>
   <si>
     <t>Rooseveltova 2141/51, 79401 Krnov, 554 684 611</t>
   </si>
   <si>
     <t>Domov pro seniory Ludmila</t>
   </si>
   <si>
     <t>Háj ve Slezsku</t>
   </si>
   <si>
     <t>Poddubí 7, 74792 Háj ve Slezsku</t>
   </si>
   <si>
     <t>Domov pro seniory OASA Petřvald</t>
   </si>
   <si>
     <t>Petřvald</t>
   </si>
@@ -995,441 +995,483 @@
   <si>
     <t>Volgogradská 2633/2, 70030 Ostrava, Gurťjevova 459/11, 70030 Ostrava, 602 233 037</t>
   </si>
   <si>
     <t>Odlehčovací služby</t>
   </si>
   <si>
     <t>Okružní 1779/16, 79201 Bruntál, 555 530 827, 603 873 428</t>
   </si>
   <si>
     <t>odlehčovací služby</t>
   </si>
   <si>
     <t>Padlých hrdinů 312, 73911 Frýdlant nad Ostravicí, 558 441 611</t>
   </si>
   <si>
     <t>Bílá, Čeladná, Dobrá, Frýdlant nad Ostravicí, Janovice, Kozlovice, Kunčice pod Ondřejníkem, Lhotka, Malenovice, Metylovice, Ostravice, Pržno, Pstruží, Staré Hamry</t>
   </si>
   <si>
     <t>Náměstí 6, 73911 Frýdlant nad Ostravicí, 603 980 386</t>
   </si>
   <si>
     <t>Centrum sociálních služeb Bohumín, příspěvková organizace</t>
   </si>
   <si>
+    <t>Bohumín, Dolní Lutyně, Rychvald</t>
+  </si>
+  <si>
     <t>Masarykova 365, 73551 Bohumín, 596 092 502</t>
   </si>
   <si>
     <t>osobní asistence</t>
   </si>
   <si>
     <t>Bělá, Bohuslavice, Bolatice, Darkovice, Dolní Benešov, Háj ve Slezsku, Hať, Hlučín, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kozmice, Kravaře, Markvartovice, Mokré Lazce, Nové Sedlice, Oldřišov, Opava, Píšť, Raduň, Rohov, Služovice, Strahovice, Sudice, Šilheřovice, Štěpánkovice, Štítina, Třebom, Velké Hoštice, Vřesina, Závada</t>
   </si>
   <si>
     <t>Hlučínská 739, 74727 Kobeřice</t>
   </si>
   <si>
     <t>Osobní asistence</t>
   </si>
   <si>
     <t>Albrechtice, Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek, 778 500 159, Českobratrská 230/26, 70200 Ostrava 2, 777 011 934</t>
   </si>
   <si>
     <t>Čavisov, Děhylov, Dobroslavice, Dolní Lhota, Janovice, Klimkovice, Markvartovice, Olbramice, Ostrava, Petřvald, Rychvald, Studénka, Šenov, Václavovice, Vřesina</t>
   </si>
   <si>
     <t>Patrice Lumumby 2608, 70030 Ostrava, 604 600 029</t>
   </si>
   <si>
     <t>Osobní asistence Novojičínsko</t>
   </si>
   <si>
     <t>Albrechtičky, Bartošovice, Bernartice nad Odrou, Bílov, Bílovec, Bítov, Bordovice, Bravantice, Frenštát pod Radhoštěm, Fulnek, Heřmanice u Oder, Heřmánky, Hladké Životice, Hodslavice, Hostašovice, Jakubčovice nad Odrou, Jeseník nad Odrou, Jistebník, Kateřinice, Kopřivnice, Kujavy, Kunín, Libhošť, Lichnov, Luboměř, Mankovice, Mořkov, Mošnov, Nový Jičín, Odry, Petřvald, Příbor, Pustějov, Rybí, Sedlnice, Skotnice, Slatina, Spálov, Starý Jičín, Studénka, Suchdol nad Odrou, Šenov u Nového Jičína, Štramberk, Tichá, Tísek, Trnávka, Trojanovice, Velké Albrechtice, Veřovice, Vražné, Vrchy, Závišice, Ženklava, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 556 879 634, Sokolovská 617/9, 74101 Nový Jičín, 556 709 403</t>
   </si>
   <si>
     <t>Osobní asistence Opavsko</t>
   </si>
   <si>
-    <t>Bílčice, Bohuslavice, Bolatice, Branka u Opavy, Brantice, Bratříkovice, Brumovice, Bruntál, Březová, Břidličná, Budišovice, Býkov-Láryšov, Čaková, Dětřichov nad Bystřicí, Dlouhá Stráň, Dobroslavice, Dolní Benešov, Dolní Moravice, Dolní Životice, Dvorce, Háj ve Slezsku, Heřmanovice, Hlavnice, Hlinka, Hlubočec, Hněvošice, Holasovice, Holčovice, Horní Benešov, Horní Město, Horní Životice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Chlebičov, Chuchelná, Chvalíkovice, Jakartovice, Jezdkovice, Jiříkov, Karlova Studánka, Karlovice, Kobeřice, Kozmice, Krasov, Kravaře, Kružberk, Křišťanovice, Kyjovice, Leskovec nad Moravicí, Lhotka u Litultovic, Litultovice, Lomnice, Ludvíkov, Malá Morávka, Malá Štáhle, Melč, Město Albrechtice, Mezina, Mikolajice, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Moravskoslezský Kočov, Neplachovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Oborná, Oldřišov, Opava, Otice, Píšť, Pustá Polom, Radkov, Raduň, Razová, Rohov, Roudno, Rudná pod Pradědem, Ryžoviště, Skřipov, Slavkov, Služovice, Sosnová, Stará Ves, Staré Heřminovy, Staré Těchanovice, Stěbořice, Strahovice, Sudice, Světlá Hora, Svobodné Heřmanice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Těškovice, Třebom, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Valšov, Velká Štáhle, Velké Heraltice, Velké Hoštice, Vršovice, Vysoká, Zátor</t>
+    <t>Andělská Hora, Bělá, Bílčice, Bohuslavice, Bolatice, Branka u Opavy, Brantice, Bratříkovice, Brumovice, Bruntál, Březová, Břidličná, Budišovice, Býkov-Láryšov, Čaková, Dětřichov nad Bystřicí, Dlouhá Stráň, Dobroslavice, Dolní Benešov, Dolní Moravice, Dolní Životice, Dvorce, Háj ve Slezsku, Heřmanovice, Hlavnice, Hlinka, Hlubočec, Hněvošice, Holasovice, Holčovice, Horní Benešov, Horní Město, Horní Životice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Chlebičov, Chuchelná, Chvalíkovice, Jakartovice, Jezdkovice, Jiříkov, Karlova Studánka, Karlovice, Kobeřice, Kozmice, Krasov, Kravaře, Krnov, Kružberk, Křišťanovice, Kyjovice, Leskovec nad Moravicí, Lhotka u Litultovic, Lichnov, Litultovice, Lomnice, Ludvíkov, Malá Morávka, Malá Štáhle, Melč, Město Albrechtice, Mezina, Mikolajice, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Moravskoslezský Kočov, Neplachovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Oborná, Oldřišov, Opava, Otice, Píšť, Pustá Polom, Radkov, Raduň, Razová, Rohov, Roudno, Rudná pod Pradědem, Ryžoviště, Skřipov, Slavkov, Služovice, Sosnová, Stará Ves, Staré Heřminovy, Staré Město, Staré Těchanovice, Stěbořice, Strahovice, Sudice, Světlá Hora, Svobodné Heřmanice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Těškovice, Třebom, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Valšov, Velká Štáhle, Velké Heraltice, Velké Hoštice, Vrbno pod Pradědem, Vršovice, Vřesina, Vysoká, Zátor, Závada</t>
   </si>
   <si>
     <t>Liptovská 1045/21, 74706 Opava, 553 734 109</t>
   </si>
   <si>
     <t>Osobní asistence Ostravsko</t>
   </si>
   <si>
+    <t>Baška, Brušperk, Bruzovice, Čavisov, Čeladná, Darkovice, Děhylov, Dobrá, Dobratice, Dolní Domaslavice, Dolní Lhota, Dolní Tošanovice, Fryčovice, Frýdek-Místek, Hať, Hlučín, Hnojník, Horní Domaslavice, Horní Lhota, Horní Tošanovice, Hukvaldy, Janovice, Kaňovice, Klimkovice, Komorní Lhotka, Kozlovice, Krásná, Krmelín, Kunčice pod Ondřejníkem, Lhotka, Lučina, Ludgeřovice, Malenovice, Markvartovice, Metylovice, Morávka, Nižní Lhoty, Nošovice, Olbramice, Ostrava, Ostravice, Palkovice, Paskov, Pazderna, Písek, Pražmo, Pržno, Pstruží, Raškovice, Řeka, Řepiště, Sedliště, Smilovice, Soběšovice, Stará Ves nad Ondřejnicí, Staré Město, Staříč, Střítež, Sviadnov, Šenov, Šilheřovice, Třanovice, Václavovice, Velká Polom, Vělopolí, Vojkovice, Vratimov, Vřesina, Vyšní Lhoty, Zbyslavice, Žabeň, Žermanice</t>
+  </si>
+  <si>
     <t>Bieblova 2922/3, 70200 Ostrava, 596 115 318</t>
   </si>
   <si>
     <t>Péče srdcem</t>
   </si>
   <si>
     <t>Klimkovice, Ostrava, Václavovice, Vratimov</t>
   </si>
   <si>
     <t>Mírová 98/18, 70300 Ostrava, 777 147 587</t>
   </si>
   <si>
     <t>Masarykova 365 365, 73581 Bohumín 1, 596 092 502, 987 654 321</t>
   </si>
   <si>
     <t>Pečovatelská služba</t>
   </si>
   <si>
-    <t>Albrechtičky, Bílovec, Bítov, Bravantice, Brušperk, Budišovice, Čavisov, Dolní Lhota, Hlubočec, Horní Lhota, Hrabyně, Jistebník, Kateřinice, Klimkovice, Kyjovice, Lhotka, Mošnov, Nové Sedlice, Olbramice, Ostrava, Otice, Petřvald, Pustá Polom, Raduň, Skřipov, Slatina, Stará Ves nad Ondřejnicí, Těškovice, Tísek, Trnávka, Velká Polom, Velké Albrechtice, Zbyslavice</t>
+    <t>Albrechtičky, Bílov, Bílovec, Bítov, Bravantice, Brušperk, Budišovice, Čavisov, Dolní Lhota, Hlubočec, Horní Lhota, Hrabyně, Jistebník, Kateřinice, Klimkovice, Krmelín, Kyjovice, Lhotka, Mošnov, Nové Sedlice, Olbramice, Ostrava, Otice, Petřvald, Pustá Polom, Raduň, Skřipov, Slatina, Stará Ves nad Ondřejnicí, Těškovice, Tísek, Trnávka, Velká Polom, Velké Albrechtice, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Lidická 217, 74283 Klimkovice, 739 424 175, Jahnova 867/12, 70900 Ostrava 9, 739 424 175</t>
   </si>
   <si>
     <t>Průběžná 6222/122, 70800 Ostrava 8, 555 131 673</t>
   </si>
   <si>
     <t>Okružní 287/14, 79201 Bruntál</t>
   </si>
   <si>
     <t>pečovatelská služba</t>
   </si>
   <si>
     <t>Hlučínská 739, 74727 Kobeřice, 606 168 192</t>
   </si>
   <si>
     <t>Andělská Hora, Bruntál, Heřmanovice, Holčovice, Horní Benešov, Ludvíkov, Město Albrechtice, Milotice nad Opavou, Osoblaha, Staré Město, Světlá Hora, Vrbno pod Pradědem</t>
   </si>
   <si>
     <t>U Rybníka 1568/4, 79201 Bruntál 1, 733 535 580, Svobody 428, 79312 Horní Benešov, 733 535 580, Nemocniční 767/6, 79395 Město Albrechtice, 733 535 580, Světlá 433, 79331 Světlá Hora, 733 535 580, Husova 626, 79326 Vrbno pod Pradědem, 733 535 580</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Fulnek, Heřmanice u Oder, Heřmánky, Hladké Životice, Jakubčovice nad Odrou, jiná obec v ČR, Kružberk, Kujavy, Luboměř, Mankovice, Melč, Moravice, Nové Lublice, Odry, Radkov, Spálov, Staré Těchanovice, Suchdol nad Odrou, Svatoňovice, Větřkovice, Vítkov, Vrchy</t>
   </si>
   <si>
     <t>Pivovarská 317, 74787 Budišov nad Budišovkou, 605 467 813, Masarykova 390, 74245 Fulnek 1, 605 467 813, Hranická 1110/32, 74235 Odry, 731 075 802, Lidická 608, 74901 Vítkov 1, 605 467 813</t>
   </si>
   <si>
     <t>Pod Lipami 2006/19, 74101 Nový Jičín 1, 556 778 391</t>
   </si>
   <si>
+    <t>čp. 670, 73571 Dětmarovice, 596 540 143</t>
+  </si>
+  <si>
+    <t>Adamusova 1269, 73514 Orlová 4, 770 318 812</t>
+  </si>
+  <si>
+    <t>Přemyslovců 224/63, 70900 Ostrava 9, 599 459 131, Novoveská 1168/14, 70900 Ostrava 9, 599 459 240, Šimáčkova 1148/27, 70900 Ostrava 9, 599 459 122</t>
+  </si>
+  <si>
+    <t>Tyršova 1761/14, 70200 Ostrava 2, 599 442 643</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba a Dům s pečovatelskou službou</t>
+  </si>
+  <si>
+    <t>Dolní Lutyně</t>
+  </si>
+  <si>
+    <t>K Penzionu 120, 73553 Dolní Lutyně, 552 301 296, 602 111 062</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba Hrabyně, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Hrabyně</t>
+  </si>
+  <si>
+    <t>Hrabyně 207, 74767 Hrabyně, 727 977 205</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba města Vratimova</t>
+  </si>
+  <si>
+    <t>Vratimov</t>
+  </si>
+  <si>
+    <t>Frýdecká 853/57, 73932 Vratimov, 595 705 911, 596 732 441</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba Příbor</t>
+  </si>
+  <si>
+    <t>Příbor, Skotnice</t>
+  </si>
+  <si>
+    <t>Jičínská 238, 74258 Příbor, 737 286 554</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba v rodinách</t>
+  </si>
+  <si>
+    <t>Syllabova 1278/19, 70300 Ostrava, 605 408 005</t>
+  </si>
+  <si>
+    <t>Pohoda</t>
+  </si>
+  <si>
+    <t>SAREPTA Komorní Lhotka, domov pro seniory</t>
+  </si>
+  <si>
+    <t>Komorní Lhotka</t>
+  </si>
+  <si>
+    <t>U Svobodáren 1303/10, 73506 Karviná, U Svobodáren 1300/8, 73506 Karviná, 553 701 888, 737 487 244</t>
+  </si>
+  <si>
+    <t>Seniorcentrum Opava, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Rolnická 1591/29, 74705 Opava 5, 553 730 056, 774 470 650</t>
+  </si>
+  <si>
+    <t>Rolnická 1550/24, 74705 Opava, 553 730 056, 770 190 491</t>
+  </si>
+  <si>
+    <t>SILOE Ostrava, centrum denních služeb</t>
+  </si>
+  <si>
+    <t>Rolnická 55/360, 70900 Ostrava, 733 124 425</t>
+  </si>
+  <si>
+    <t>SILOE Ostrava, odlehčovací služby</t>
+  </si>
+  <si>
+    <t>Rolnická 55/360, 70900 Ostrava 9, 733 142 425</t>
+  </si>
+  <si>
+    <t>Siloe, domov se zvláštním režimem</t>
+  </si>
+  <si>
+    <t>Sociální lůžka</t>
+  </si>
+  <si>
+    <t>Ostravská 783, 73701 Český Těšín</t>
+  </si>
+  <si>
+    <t>Sociální služby Bystřice</t>
+  </si>
+  <si>
+    <t>Bystřice</t>
+  </si>
+  <si>
+    <t>Bystřice 1317, 73995 Bystřice nad Olší, 702 097 304</t>
+  </si>
+  <si>
+    <t>Sociální služby poskytované ve zdravotnických zařízeních ústavní péče</t>
+  </si>
+  <si>
+    <t>Karviná, Orlová</t>
+  </si>
+  <si>
+    <t>Vydmuchov 399/5, 73401 Karviná, 596 383 111, Masarykova třída 900, 73514 Orlová, 596 583 111</t>
+  </si>
+  <si>
+    <t>Sociální zařízení města Bílovce</t>
+  </si>
+  <si>
+    <t>Opavská 600/45, 74301 Bílovec 1, 556 801 592, 739 379 001</t>
+  </si>
+  <si>
+    <t>TABITA Český Těšín, odlehčovací služby</t>
+  </si>
+  <si>
+    <t>Albrechtice, Český Těšín, Horní Suchá, Chotěbuz, Těrlicko</t>
+  </si>
+  <si>
+    <t>Třanovského 1758/10, 73701 Český Těšín 1, 739 525 242</t>
+  </si>
+  <si>
+    <t>TABITA Český Těšín, osobní asistence</t>
+  </si>
+  <si>
+    <t>Albrechtice, Český Těšín, Dolní Domaslavice, Dolní Tošanovice, Horní Domaslavice, Horní Suchá, Horní Tošanovice, Chotěbuz, Těrlicko, Třanovice</t>
+  </si>
+  <si>
+    <t>TABITA Jablunkov, odlehčovací služby</t>
+  </si>
+  <si>
+    <t>Bocanovice, Bukovec, Horní Lomná, Hrádek, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
+  </si>
+  <si>
+    <t>Dukelská 108, 73991 Jablunkov, 558 713 772, 739 525 242</t>
+  </si>
+  <si>
+    <t>TABITA Jablunkov, osobní asistence</t>
+  </si>
+  <si>
+    <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
+  </si>
+  <si>
+    <t>TABITA Třinec, odlehčovací služby</t>
+  </si>
+  <si>
+    <t>Bystřice, Hnojník, Nýdek, Ropice, Střítež, Třinec, Vělopolí, Vendryně</t>
+  </si>
+  <si>
+    <t>Smetanova 523, 73961 Třinec 1, 739 525 242</t>
+  </si>
+  <si>
+    <t>TABITA Třinec, osobní asistence</t>
+  </si>
+  <si>
+    <t>Bystřice, Hnojník, Nýdek, Ropice, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
+  </si>
+  <si>
+    <t>Terénní pečovatelská služba OASA</t>
+  </si>
+  <si>
+    <t>Branka u Opavy, Dolní Životice, Háj ve Slezsku, Hlubočec, Hradec nad Moravicí, Chlebičov, Chvalíkovice, Kravaře, Litultovice, Mokré Lazce, Nové Sedlice, Oldřišov, Opava, Otice, Pustá Polom, Raduň, Skřipov, Slavkov, Služovice, Stěbořice, Štítina, Uhlířov, Velké Hoštice, Vršovice</t>
+  </si>
+  <si>
+    <t>Dohnálkova 3052/15, 74601 Opava 1, 553 796 222</t>
+  </si>
+  <si>
+    <t>Vila Vančurova o.p.s.</t>
+  </si>
+  <si>
+    <t>Vančurova 1217/5, 74601 Opava 1, 602 540 755</t>
+  </si>
+  <si>
+    <t>Denní stacionář Paskov</t>
+  </si>
+  <si>
+    <t>Paskov</t>
+  </si>
+  <si>
+    <t>Nádražní 2, 73921 Paskov, 733 676 613</t>
+  </si>
+  <si>
+    <t>Podané ruce - osobní asistence</t>
+  </si>
+  <si>
+    <t>Malý Koloredov 811, 73801 Frýdek-Místek</t>
+  </si>
+  <si>
+    <t>Domov pod Bílou Horou, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Příčná 317/4, 74221 Kopřivnice, 606 756 315</t>
+  </si>
+  <si>
+    <t>Příčná 317/4, 74221 Kopřivnice</t>
+  </si>
+  <si>
+    <t>Dům sociálních služeb sv. Kateřiny v Bolaticích</t>
+  </si>
+  <si>
+    <t>Družstevní 1058/15, 74723 Bolatice</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba Slezská Ostrava</t>
+  </si>
+  <si>
+    <t>Heřmanická 1431/19, 71000 Ostrava, 596 245 502, 602 369 430</t>
+  </si>
+  <si>
+    <t>Bystřice, Nýdek, Řeka, Smilovice, Střítež, Třinec, Vendryně</t>
+  </si>
+  <si>
+    <t>Lánská 128, 73961 Třinec, 734 115 925</t>
+  </si>
+  <si>
+    <t>Centrum denních služeb Opava</t>
+  </si>
+  <si>
+    <t>Branka u Opavy, Bratříkovice, Brumovice, Budišovice, Dolní Životice, Háj ve Slezsku, Hlavnice, Hlubočec, Hněvošice, Holasovice, Hrabyně, Hradec nad Moravicí, Chlebičov, Chvalíkovice, Jakartovice, Jezdkovice, Kyjovice, Lhotka u Litultovic, Litultovice, Mikolajice, Mladecko, Mokré Lazce, Neplachovice, Nové Sedlice, Oldřišov, Opava, Otice, Pustá Polom, Raduň, Skřipov, Slavkov, Služovice, Sosnová, Stěbořice, Štáblovice, Štítina, Těškovice, Uhlířov, Velké Heraltice, Velké Hoštice, Vršovice</t>
+  </si>
+  <si>
+    <t>Rolnická 1811/31, 74705 Opava</t>
+  </si>
+  <si>
+    <t>Školská 401, 73801 Frýdek-Místek</t>
+  </si>
+  <si>
+    <t>Lepší péče z.s.</t>
+  </si>
+  <si>
+    <t>Štramberk</t>
+  </si>
+  <si>
+    <t>Leskovec nad Moravicí 20, 79368 Leskovec nad Moravicí, 734 510 506</t>
+  </si>
+  <si>
+    <t>Dohnálkova 3052/15, 74601 Opava</t>
+  </si>
+  <si>
+    <t>Dům s pečovatelskou službou</t>
+  </si>
+  <si>
+    <t>Jindřichov</t>
+  </si>
+  <si>
+    <t>Jindřichov 172, 79383 Jindřichov, 554 641 744</t>
+  </si>
+  <si>
+    <t>Integrovaný sociální ústav Komorní Lhotka čp. 184, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>čp. 184, 73953 Hnojník</t>
+  </si>
+  <si>
+    <t>OASA nezisková</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba Světlá Hora</t>
+  </si>
+  <si>
+    <t>Světlá Hora</t>
+  </si>
+  <si>
+    <t>Světlá 374, 79331 Světlá Hora, 554 773 150</t>
+  </si>
+  <si>
+    <t>Sociální služby města Orlová, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Adamusova 1269, 73514 Orlová</t>
+  </si>
+  <si>
+    <t>Armáda spásy, Pečovatelská služba Rychvald</t>
+  </si>
+  <si>
     <t>Rychvald</t>
   </si>
   <si>
-    <t>Orlovská 678, 73532 Rychvald, 596 546 739</t>
-[...287 lines deleted...]
-    <t>Adamusova 1269, 73514 Orlová</t>
+    <t>Revoluční 529, 73532 Rychvald</t>
+  </si>
+  <si>
+    <t>Domov Hortenzie, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Za Střelnicí 1568, 74401 Frenštát pod Radhoštěm, 556 806 111</t>
+  </si>
+  <si>
+    <t>Sušilova 1751/1, 74601 Opava, 597 457 877</t>
+  </si>
+  <si>
+    <t>Integrovaný sociální ústav Komorní Lhotka</t>
+  </si>
+  <si>
+    <t>Komorní Lhotka 184, 73953 Hnojník</t>
+  </si>
+  <si>
+    <t>Komplexní domácí péče Hestia s.r.o. - pečovatelská služba</t>
+  </si>
+  <si>
+    <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
+  </si>
+  <si>
+    <t>Dlouhá třída 1510/18d, 73601 Havířov, 603 472 765</t>
+  </si>
+  <si>
+    <t>Průběžná 6249/80, 70800 Ostrava, 555 131 660</t>
+  </si>
+  <si>
+    <t>Charita Odry</t>
+  </si>
+  <si>
+    <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Fulnek, Heřmanice u Oder, Heřmánky, Jakubčovice nad Odrou, Kružberk, Luboměř, Mankovice, Melč, Moravice, Nové Lublice, Odry, Radkov, Spálov, Staré Těchanovice, Svatoňovice, Větřkovice, Vítkov, Vražné, Vrchy</t>
+  </si>
+  <si>
+    <t>Hranická 162/36, 74235 Odry, 604 645 350</t>
+  </si>
+  <si>
+    <t>Město Nový Jičín</t>
+  </si>
+  <si>
+    <t>Bartošovice, Bernartice nad Odrou, Hladké Životice, Hodslavice, Hostašovice, Jeseník nad Odrou, Kunín, Libhošť, Mořkov, Nový Jičín, Rybí, Sedlnice, Starý Jičín, Suchdol nad Odrou, Šenov u Nového Jičína, Životice u Nového Jičína</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1746,54 +1788,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C220"/>
+  <dimension ref="A1:C224"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C220" sqref="C220"/>
+      <selection activeCell="C224" sqref="C224"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -3458,769 +3500,813 @@
         <v>320</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="2" t="s">
         <v>320</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>324</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="2" t="s">
         <v>326</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>24</v>
+        <v>327</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="2" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="2" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="2" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="2" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="2" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="2" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>318</v>
+        <v>344</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="2" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="2" t="s">
         <v>326</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="2" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="2" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="2" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>360</v>
+        <v>143</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>137</v>
+        <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>365</v>
+        <v>323</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>100</v>
+        <v>313</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>323</v>
+        <v>314</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="2" t="s">
-        <v>348</v>
+        <v>366</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>313</v>
+        <v>367</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>314</v>
+        <v>368</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="2" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="2" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="2" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="2" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>376</v>
+        <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="2" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>379</v>
+        <v>181</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="2" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>16</v>
+        <v>382</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="2" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="2" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="2" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>181</v>
+        <v>388</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="2" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>385</v>
+        <v>13</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="2" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="2" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="2" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="B190" s="2" t="s">
-        <v>13</v>
+        <v>395</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="2" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>13</v>
+        <v>398</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="2" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>13</v>
+        <v>292</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="2" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>31</v>
+        <v>403</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="2" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="2" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="2" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>292</v>
+        <v>411</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="2" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="2" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="2" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="2" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="B200" s="2" t="s">
-        <v>414</v>
+        <v>55</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="2" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="B201" s="2" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="2" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>419</v>
+        <v>16</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>417</v>
+        <v>426</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="2" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>421</v>
+        <v>313</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="2" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="B204" s="2" t="s">
-        <v>55</v>
+        <v>313</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="2" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>426</v>
+        <v>46</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="2" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="2" t="s">
-        <v>430</v>
+        <v>249</v>
       </c>
       <c r="B207" s="2" t="s">
-        <v>313</v>
+        <v>434</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="2" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>313</v>
+        <v>437</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="2" t="s">
-        <v>433</v>
+        <v>105</v>
       </c>
       <c r="B209" s="2" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="2" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="B210" s="2" t="s">
-        <v>13</v>
+        <v>441</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="2" t="s">
-        <v>249</v>
+        <v>99</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>437</v>
+        <v>55</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="2" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="2" t="s">
-        <v>105</v>
+        <v>447</v>
       </c>
       <c r="B213" s="2" t="s">
-        <v>16</v>
+        <v>382</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="2" t="s">
+        <v>449</v>
+      </c>
+      <c r="B214" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C214" s="2" t="s">
         <v>443</v>
-      </c>
-[...4 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="2" t="s">
-        <v>99</v>
+        <v>450</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>55</v>
+        <v>451</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="2" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="B216" s="2" t="s">
-        <v>448</v>
+        <v>137</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="2" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="B217" s="2" t="s">
-        <v>385</v>
+        <v>456</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="2" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>55</v>
+        <v>76</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>446</v>
+        <v>459</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="2" t="s">
-        <v>453</v>
+        <v>171</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>454</v>
+        <v>437</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="2" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="B220" s="2" t="s">
-        <v>137</v>
+        <v>382</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>457</v>
+        <v>462</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="2" t="s">
+        <v>463</v>
+      </c>
+      <c r="B221" s="2" t="s">
+        <v>464</v>
+      </c>
+      <c r="C221" s="2" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="B222" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C222" s="2" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="2" t="s">
+        <v>467</v>
+      </c>
+      <c r="B223" s="2" t="s">
+        <v>468</v>
+      </c>
+      <c r="C223" s="2" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="2" t="s">
+        <v>470</v>
+      </c>
+      <c r="B224" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="C224" s="2" t="s">
+        <v>181</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">