--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Centrum denních služeb</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Ivana Sekaniny 1812/16, 70800 Ostrava, 555 131 673</t>
   </si>
   <si>
     <t>Centrum denních služeb Domovinka</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
@@ -308,81 +308,96 @@
   <si>
     <t>Bílčice, Bohuslavice, Bolatice, Branka u Opavy, Brantice, Bratříkovice, Brumovice, Bruntál, Březová, Břidličná, Budišovice, Býkov-Láryšov, Čaková, Dětřichov nad Bystřicí, Dlouhá Stráň, Dobroslavice, Dolní Benešov, Dolní Moravice, Dolní Životice, Dvorce, Háj ve Slezsku, Heřmanovice, Hlavnice, Hlinka, Hlubočec, Hněvošice, Holasovice, Holčovice, Horní Benešov, Horní Město, Horní Životice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Chlebičov, Chuchelná, Chvalíkovice, Jakartovice, Jezdkovice, Jiříkov, Karlova Studánka, Karlovice, Kobeřice, Kozmice, Krasov, Kravaře, Kružberk, Křišťanovice, Kyjovice, Leskovec nad Moravicí, Lhotka u Litultovic, Litultovice, Lomnice, Ludvíkov, Malá Morávka, Malá Štáhle, Melč, Město Albrechtice, Mezina, Mikolajice, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Moravskoslezský Kočov, Neplachovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Oborná, Oldřišov, Opava, Otice, Píšť, Pustá Polom, Radkov, Raduň, Razová, Rohov, Roudno, Rudná pod Pradědem, Ryžoviště, Skřipov, Slavkov, Služovice, Sosnová, Stará Ves, Staré Heřminovy, Staré Těchanovice, Stěbořice, Strahovice, Sudice, Světlá Hora, Svobodné Heřmanice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Těškovice, Třebom, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Valšov, Velká Štáhle, Velké Heraltice, Velké Hoštice, Vršovice, Vysoká, Zátor</t>
   </si>
   <si>
     <t>Liptovská 1045/21, 74706 Opava, 553 734 109</t>
   </si>
   <si>
     <t>Osobní asistence Ostravsko</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Bieblova 2922/3, 70200 Ostrava, 596 115 318</t>
   </si>
   <si>
     <t>Péče srdcem</t>
   </si>
   <si>
     <t>Klimkovice, Ostrava, Václavovice, Vratimov</t>
   </si>
   <si>
     <t>Mírová 98/18, 70300 Ostrava, 777 147 587</t>
   </si>
   <si>
+    <t>Pečovatelská služba Hrabyně, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Hrabyně</t>
+  </si>
+  <si>
+    <t>Hrabyně 207, 74767 Hrabyně, 727 977 205</t>
+  </si>
+  <si>
     <t>TABITA Český Těšín, osobní asistence</t>
   </si>
   <si>
     <t>Albrechtice, Český Těšín, Dolní Domaslavice, Dolní Tošanovice, Horní Domaslavice, Horní Suchá, Horní Tošanovice, Chotěbuz, Těrlicko, Třanovice</t>
   </si>
   <si>
     <t>Třanovského 1758/10, 73701 Český Těšín 1, 739 525 242</t>
   </si>
   <si>
     <t>TABITA Jablunkov, osobní asistence</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
   <si>
     <t>Dukelská 108, 73991 Jablunkov, 558 713 772, 739 525 242</t>
   </si>
   <si>
     <t>TABITA Třinec, osobní asistence</t>
   </si>
   <si>
     <t>Bystřice, Hnojník, Nýdek, Ropice, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
   </si>
   <si>
     <t>Smetanova 523, 73961 Třinec 1, 739 525 242</t>
   </si>
   <si>
     <t>Podané ruce - osobní asistence</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek</t>
+  </si>
+  <si>
+    <t>Sociální služby města Orlová, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Adamusova 1269, 73514 Orlová</t>
   </si>
   <si>
     <t>Armáda spásy, Sociálně aktivizační služby pro seniory a osoby se zdravotním postižením, Havířov</t>
   </si>
   <si>
     <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
   </si>
   <si>
     <t>Obránců míru 619/3, 73601 Havířov, 737 215 426, Slovenského nár. povstání 805/2, 73601 Havířov</t>
   </si>
   <si>
     <t>Armáda spásy, Sociálně aktivizační služby pro seniory a osoby se zdravotním postižením Ostrava</t>
   </si>
   <si>
     <t>17. listopadu 753/66, 70800 Ostrava, 773 770 133, Marie Majerové 1733/6, 70800 Ostrava, 773 770 133</t>
   </si>
   <si>
     <t>Charitní centrum pro seniory</t>
   </si>
   <si>
     <t>Český Těšín, Havířov, Horní Suchá, Chotěbuz, Těrlicko</t>
   </si>
   <si>
     <t>Jablunkovská 997/84, 73701 Český Těšín, 603 510 709, Hlavní třída 1465/1b, 73601 Havířov, 603 510 709</t>
   </si>
@@ -738,54 +753,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C44"/>
+  <dimension ref="A1:C46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C44" sqref="C44"/>
+      <selection activeCell="C46" sqref="C46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1174,109 +1189,131 @@
         <v>101</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>102</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2" t="s">
         <v>104</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>7</v>
+        <v>108</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>110</v>
+        <v>7</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2" t="s">
         <v>112</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>4</v>
+        <v>43</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2" t="s">
         <v>114</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2" t="s">
         <v>117</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>120</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>121</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">