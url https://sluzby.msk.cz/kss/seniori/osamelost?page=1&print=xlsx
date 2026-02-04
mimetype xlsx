--- v1 (2025-11-30)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Centrum denních služeb</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Ivana Sekaniny 1812/16, 70800 Ostrava, 555 131 673</t>
   </si>
   <si>
     <t>Centrum denních služeb Domovinka</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
@@ -176,51 +176,51 @@
   <si>
     <t>Syllabova 1306/20, 70300 Ostrava, 739 244 712</t>
   </si>
   <si>
     <t>Jantar</t>
   </si>
   <si>
     <t>Třinec</t>
   </si>
   <si>
     <t>Štefánikova 1173, 73961 Třinec, 558 993 755</t>
   </si>
   <si>
     <t>Denní stacionář Paskov</t>
   </si>
   <si>
     <t>Paskov</t>
   </si>
   <si>
     <t>Nádražní 2, 73921 Paskov, 733 676 613</t>
   </si>
   <si>
     <t>Adámkova vila, Osobní asistence, z.ú.</t>
   </si>
   <si>
-    <t>Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
+    <t>Dobrá, Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
   </si>
   <si>
     <t>Raškovice 28, 73904 Pražmo, 730 820 129</t>
   </si>
   <si>
     <t>Asistenční služba</t>
   </si>
   <si>
     <t>Sokolovská 1761/36, 73506 Karviná, 773 494 545</t>
   </si>
   <si>
     <t>Diakonie ČCE středisko v Rýmařově</t>
   </si>
   <si>
     <t>Břidličná, Dolní Moravice, Horní Město, Jiříkov, Rýmařov, Ryžoviště, Stará Ves, Tvrdkov, Velká Štáhle</t>
   </si>
   <si>
     <t>Lidická 1328/14, 79501 Rýmařov, 554 211 294</t>
   </si>
   <si>
     <t>Charitní asistence</t>
   </si>
   <si>
     <t>Albrechtice, Český Těšín, Dolní Domaslavice, Dolní Tošanovice, Hnojník, Horní Bludovice, Horní Domaslavice, Horní Suchá, Horní Tošanovice, Chotěbuz, Komorní Lhotka, Petrovice u Karviné, Ropice, Soběšovice, Stonava, Těrlicko, Třanovice, Vělopolí</t>
   </si>
@@ -242,102 +242,102 @@
   <si>
     <t>Lánská 128, 73961 Třinec, 724 257 219</t>
   </si>
   <si>
     <t>Charitní středisko sv. Anežky České-osobní asistence</t>
   </si>
   <si>
     <t>Budišovice, Hrabyně, Ostrava, Pustá Polom</t>
   </si>
   <si>
     <t>čp. 201, 74767 Hrabyně, 737 558 112</t>
   </si>
   <si>
     <t>Město Bílovec</t>
   </si>
   <si>
     <t>Bílovec, Tísek, Velké Albrechtice</t>
   </si>
   <si>
     <t>Slezské náměstí 1/1, 74301 Bílovec, 739 379 001</t>
   </si>
   <si>
     <t>Centrum sociálních služeb Bohumín, příspěvková organizace</t>
   </si>
   <si>
-    <t>Bohumín</t>
+    <t>Bohumín, Dolní Lutyně, Rychvald</t>
   </si>
   <si>
     <t>Masarykova 365, 73551 Bohumín, 596 092 502</t>
   </si>
   <si>
     <t>osobní asistence</t>
   </si>
   <si>
     <t>Bělá, Bohuslavice, Bolatice, Darkovice, Dolní Benešov, Háj ve Slezsku, Hať, Hlučín, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kozmice, Kravaře, Markvartovice, Mokré Lazce, Nové Sedlice, Oldřišov, Opava, Píšť, Raduň, Rohov, Služovice, Strahovice, Sudice, Šilheřovice, Štěpánkovice, Štítina, Třebom, Velké Hoštice, Vřesina, Závada</t>
   </si>
   <si>
     <t>Hlučínská 739, 74727 Kobeřice</t>
   </si>
   <si>
     <t>Osobní asistence</t>
   </si>
   <si>
     <t>Albrechtice, Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek, 778 500 159, Českobratrská 230/26, 70200 Ostrava 2, 777 011 934</t>
   </si>
   <si>
     <t>Čavisov, Děhylov, Dobroslavice, Dolní Lhota, Janovice, Klimkovice, Markvartovice, Olbramice, Ostrava, Petřvald, Rychvald, Studénka, Šenov, Václavovice, Vřesina</t>
   </si>
   <si>
     <t>Patrice Lumumby 2608, 70030 Ostrava, 604 600 029</t>
   </si>
   <si>
     <t>Osobní asistence Novojičínsko</t>
   </si>
   <si>
     <t>Albrechtičky, Bartošovice, Bernartice nad Odrou, Bílov, Bílovec, Bítov, Bordovice, Bravantice, Frenštát pod Radhoštěm, Fulnek, Heřmanice u Oder, Heřmánky, Hladké Životice, Hodslavice, Hostašovice, Jakubčovice nad Odrou, Jeseník nad Odrou, Jistebník, Kateřinice, Kopřivnice, Kujavy, Kunín, Libhošť, Lichnov, Luboměř, Mankovice, Mořkov, Mošnov, Nový Jičín, Odry, Petřvald, Příbor, Pustějov, Rybí, Sedlnice, Skotnice, Slatina, Spálov, Starý Jičín, Studénka, Suchdol nad Odrou, Šenov u Nového Jičína, Štramberk, Tichá, Tísek, Trnávka, Trojanovice, Velké Albrechtice, Veřovice, Vražné, Vrchy, Závišice, Ženklava, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 556 879 634, Sokolovská 617/9, 74101 Nový Jičín, 556 709 403</t>
   </si>
   <si>
     <t>Osobní asistence Opavsko</t>
   </si>
   <si>
-    <t>Bílčice, Bohuslavice, Bolatice, Branka u Opavy, Brantice, Bratříkovice, Brumovice, Bruntál, Březová, Břidličná, Budišovice, Býkov-Láryšov, Čaková, Dětřichov nad Bystřicí, Dlouhá Stráň, Dobroslavice, Dolní Benešov, Dolní Moravice, Dolní Životice, Dvorce, Háj ve Slezsku, Heřmanovice, Hlavnice, Hlinka, Hlubočec, Hněvošice, Holasovice, Holčovice, Horní Benešov, Horní Město, Horní Životice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Chlebičov, Chuchelná, Chvalíkovice, Jakartovice, Jezdkovice, Jiříkov, Karlova Studánka, Karlovice, Kobeřice, Kozmice, Krasov, Kravaře, Kružberk, Křišťanovice, Kyjovice, Leskovec nad Moravicí, Lhotka u Litultovic, Litultovice, Lomnice, Ludvíkov, Malá Morávka, Malá Štáhle, Melč, Město Albrechtice, Mezina, Mikolajice, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Moravskoslezský Kočov, Neplachovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Oborná, Oldřišov, Opava, Otice, Píšť, Pustá Polom, Radkov, Raduň, Razová, Rohov, Roudno, Rudná pod Pradědem, Ryžoviště, Skřipov, Slavkov, Služovice, Sosnová, Stará Ves, Staré Heřminovy, Staré Těchanovice, Stěbořice, Strahovice, Sudice, Světlá Hora, Svobodné Heřmanice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Těškovice, Třebom, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Valšov, Velká Štáhle, Velké Heraltice, Velké Hoštice, Vršovice, Vysoká, Zátor</t>
+    <t>Andělská Hora, Bělá, Bílčice, Bohuslavice, Bolatice, Branka u Opavy, Brantice, Bratříkovice, Brumovice, Bruntál, Březová, Břidličná, Budišovice, Býkov-Láryšov, Čaková, Dětřichov nad Bystřicí, Dlouhá Stráň, Dobroslavice, Dolní Benešov, Dolní Moravice, Dolní Životice, Dvorce, Háj ve Slezsku, Heřmanovice, Hlavnice, Hlinka, Hlubočec, Hněvošice, Holasovice, Holčovice, Horní Benešov, Horní Město, Horní Životice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Chlebičov, Chuchelná, Chvalíkovice, Jakartovice, Jezdkovice, Jiříkov, Karlova Studánka, Karlovice, Kobeřice, Kozmice, Krasov, Kravaře, Krnov, Kružberk, Křišťanovice, Kyjovice, Leskovec nad Moravicí, Lhotka u Litultovic, Lichnov, Litultovice, Lomnice, Ludvíkov, Malá Morávka, Malá Štáhle, Melč, Město Albrechtice, Mezina, Mikolajice, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Moravskoslezský Kočov, Neplachovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Oborná, Oldřišov, Opava, Otice, Píšť, Pustá Polom, Radkov, Raduň, Razová, Rohov, Roudno, Rudná pod Pradědem, Ryžoviště, Skřipov, Slavkov, Služovice, Sosnová, Stará Ves, Staré Heřminovy, Staré Město, Staré Těchanovice, Stěbořice, Strahovice, Sudice, Světlá Hora, Svobodné Heřmanice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Těškovice, Třebom, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Valšov, Velká Štáhle, Velké Heraltice, Velké Hoštice, Vrbno pod Pradědem, Vršovice, Vřesina, Vysoká, Zátor, Závada</t>
   </si>
   <si>
     <t>Liptovská 1045/21, 74706 Opava, 553 734 109</t>
   </si>
   <si>
     <t>Osobní asistence Ostravsko</t>
   </si>
   <si>
-    <t>Čavisov, Dolní Lhota, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
+    <t>Baška, Brušperk, Bruzovice, Čavisov, Čeladná, Darkovice, Děhylov, Dobrá, Dobratice, Dolní Domaslavice, Dolní Lhota, Dolní Tošanovice, Fryčovice, Frýdek-Místek, Hať, Hlučín, Hnojník, Horní Domaslavice, Horní Lhota, Horní Tošanovice, Hukvaldy, Janovice, Kaňovice, Klimkovice, Komorní Lhotka, Kozlovice, Krásná, Krmelín, Kunčice pod Ondřejníkem, Lhotka, Lučina, Ludgeřovice, Malenovice, Markvartovice, Metylovice, Morávka, Nižní Lhoty, Nošovice, Olbramice, Ostrava, Ostravice, Palkovice, Paskov, Pazderna, Písek, Pražmo, Pržno, Pstruží, Raškovice, Řeka, Řepiště, Sedliště, Smilovice, Soběšovice, Stará Ves nad Ondřejnicí, Staré Město, Staříč, Střítež, Sviadnov, Šenov, Šilheřovice, Třanovice, Václavovice, Velká Polom, Vělopolí, Vojkovice, Vratimov, Vřesina, Vyšní Lhoty, Zbyslavice, Žabeň, Žermanice</t>
   </si>
   <si>
     <t>Bieblova 2922/3, 70200 Ostrava, 596 115 318</t>
   </si>
   <si>
     <t>Péče srdcem</t>
   </si>
   <si>
     <t>Klimkovice, Ostrava, Václavovice, Vratimov</t>
   </si>
   <si>
     <t>Mírová 98/18, 70300 Ostrava, 777 147 587</t>
   </si>
   <si>
     <t>Pečovatelská služba Hrabyně, příspěvková organizace</t>
   </si>
   <si>
     <t>Hrabyně</t>
   </si>
   <si>
     <t>Hrabyně 207, 74767 Hrabyně, 727 977 205</t>
   </si>
   <si>
     <t>TABITA Český Těšín, osobní asistence</t>
   </si>
@@ -354,50 +354,65 @@
     <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
   <si>
     <t>Dukelská 108, 73991 Jablunkov, 558 713 772, 739 525 242</t>
   </si>
   <si>
     <t>TABITA Třinec, osobní asistence</t>
   </si>
   <si>
     <t>Bystřice, Hnojník, Nýdek, Ropice, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
   </si>
   <si>
     <t>Smetanova 523, 73961 Třinec 1, 739 525 242</t>
   </si>
   <si>
     <t>Podané ruce - osobní asistence</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek</t>
   </si>
   <si>
     <t>Sociální služby města Orlová, příspěvková organizace</t>
   </si>
   <si>
     <t>Adamusova 1269, 73514 Orlová</t>
+  </si>
+  <si>
+    <t>Charita Odry</t>
+  </si>
+  <si>
+    <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Fulnek, Heřmanice u Oder, Heřmánky, Jakubčovice nad Odrou, Kružberk, Luboměř, Mankovice, Melč, Moravice, Nové Lublice, Odry, Radkov, Spálov, Staré Těchanovice, Svatoňovice, Větřkovice, Vítkov, Vražné, Vrchy</t>
+  </si>
+  <si>
+    <t>Hranická 162/36, 74235 Odry, 604 645 350</t>
+  </si>
+  <si>
+    <t>Město Nový Jičín</t>
+  </si>
+  <si>
+    <t>Bartošovice, Bernartice nad Odrou, Hladké Životice, Hodslavice, Hostašovice, Jeseník nad Odrou, Kunín, Libhošť, Mořkov, Nový Jičín, Rybí, Sedlnice, Starý Jičín, Suchdol nad Odrou, Šenov u Nového Jičína, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Armáda spásy, Sociálně aktivizační služby pro seniory a osoby se zdravotním postižením, Havířov</t>
   </si>
   <si>
     <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
   </si>
   <si>
     <t>Obránců míru 619/3, 73601 Havířov, 737 215 426, Slovenského nár. povstání 805/2, 73601 Havířov</t>
   </si>
   <si>
     <t>Armáda spásy, Sociálně aktivizační služby pro seniory a osoby se zdravotním postižením Ostrava</t>
   </si>
   <si>
     <t>17. listopadu 753/66, 70800 Ostrava, 773 770 133, Marie Majerové 1733/6, 70800 Ostrava, 773 770 133</t>
   </si>
   <si>
     <t>Charitní centrum pro seniory</t>
   </si>
   <si>
     <t>Český Těšín, Havířov, Horní Suchá, Chotěbuz, Těrlicko</t>
   </si>
   <si>
     <t>Jablunkovská 997/84, 73701 Český Těšín, 603 510 709, Hlavní třída 1465/1b, 73601 Havířov, 603 510 709</t>
   </si>
@@ -753,54 +768,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C46"/>
+  <dimension ref="A1:C48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C46" sqref="C46"/>
+      <selection activeCell="C48" sqref="C48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1233,87 +1248,109 @@
         <v>112</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2" t="s">
         <v>114</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2" t="s">
         <v>117</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>4</v>
+        <v>118</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>118</v>
+        <v>42</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>120</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2" t="s">
         <v>122</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2" t="s">
         <v>124</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>126</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="C48" s="2" t="s">
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">