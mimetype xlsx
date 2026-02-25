--- v0 (2025-11-07)
+++ v1 (2026-02-25)
@@ -12,79 +12,70 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Dluhové poradenství</t>
   </si>
   <si>
     <t>Budišov nad Budišovkou, Fulnek, Odry, Vítkov</t>
   </si>
   <si>
     <t>Partyzánská 229, 74787 Budišov nad Budišovkou, Masarykova 388, 74245 Fulnek, Hranická 1113/48, 74235 Odry, 604 645 378, Komenského 169, 74901 Vítkov</t>
   </si>
   <si>
-    <t>Charitní hospicová poradna a poradna pro pečující</t>
-[...7 lines deleted...]
-  <si>
     <t>Charitní poradna</t>
   </si>
   <si>
     <t>Český Těšín, Horní Bludovice, Horní Suchá, Horní Tošanovice, Komorní Lhotka, Ropice, Soběšovice, Těrlicko</t>
   </si>
   <si>
     <t>Hrabinská 458/33, 73701 Český Těšín 1, 603 287 231</t>
   </si>
   <si>
     <t>Občanská poradna</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek, 773 173 604</t>
   </si>
   <si>
     <t>Občanská poradna Opava</t>
   </si>
   <si>
     <t>Opava, Slavkov</t>
   </si>
   <si>
     <t>Kylešovská 835/10, 74601 Opava, 731 316 552, Zámecká 156, 74757 Slavkov u Opavy, 731 316 552</t>
@@ -95,108 +86,99 @@
   <si>
     <t>Havířov</t>
   </si>
   <si>
     <t>Opletalova 607/4, 73601 Havířov, 734 864 124</t>
   </si>
   <si>
     <t>OBČANSKÁ PORADNA Karviná</t>
   </si>
   <si>
     <t>Karviná</t>
   </si>
   <si>
     <t>Havířská 1189/31, 73506 Karviná, 734 645 272, V Aleji 435/12, 73401 Karviná 4, 734 645 272</t>
   </si>
   <si>
     <t>občanská poradna Lexikona</t>
   </si>
   <si>
     <t>Krnov</t>
   </si>
   <si>
     <t>Hlavní náměstí 46/14, 79401 Krnov, 774 380 896</t>
   </si>
   <si>
-    <t>Občanská poradna Nový Jičín</t>
+    <t>Občanská poradna Novojičínsko</t>
   </si>
   <si>
     <t>Kopřivnice, Nový Jičín, Příbor</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 556 879 634, Sokolovská 617/9, 74101 Nový Jičín, 556 709 403, náměstí Sigmunda Freuda 19, 74258 Příbor, 556 709 403</t>
   </si>
   <si>
     <t>OBČANSKÁ PORADNA Ostrava, odborné sociální poradenství</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Štramberská 2871/47, 70300 Ostrava, 734 645 275</t>
   </si>
   <si>
     <t>Občanská poradna v Bohumíně</t>
   </si>
   <si>
     <t>Bohumín</t>
   </si>
   <si>
     <t>Štefánikova 957, 73581 Bohumín, 734 645 275</t>
   </si>
   <si>
     <t>Poradenské a informační centrum - odborné sociální poradenství</t>
   </si>
   <si>
     <t>Klimkovice, Ostrava, Petřvald, Šenov, Vratimov</t>
   </si>
   <si>
     <t>Holvekova 204/44, 71800 Ostrava 18, 734 875 532, Puchmajerova 980/10, 70200 Ostrava 2, 734 875 532, Plzeňská 2617/6, 70030 Ostrava 30, 734 875 532</t>
   </si>
   <si>
     <t>Poradenské centrum</t>
   </si>
   <si>
-    <t>Bílá, Čeladná, Frýdlant nad Ostravicí, Malenovice, Pržno, Pstruží</t>
+    <t>Baška, Bílá, Čeladná, Dobrá, Frýdlant nad Ostravicí, Janovice, Lučina, Malenovice, Ostravice, Pazderna, Pržno, Pstruží, Raškovice, Staré Hamry</t>
   </si>
   <si>
     <t>Náměstí 3, 73911 Frýdlant nad Ostravicí, 737 627 872, Padlých hrdinů 312, 73911 Frýdlant nad Ostravicí, 737 627 872</t>
   </si>
   <si>
     <t>Poradna Charity Ostrava</t>
   </si>
   <si>
     <t>Charvátská 785/8, 70030 Ostrava, 731 625 767</t>
-  </si>
-[...7 lines deleted...]
-    <t>Sokolovská 617/9, 74101 Nový Jičín, 556 709 403</t>
   </si>
   <si>
     <t>Poradna pro osoby se zdravotním postižením Opava</t>
   </si>
   <si>
     <t>Bruntál, Krnov, Opava</t>
   </si>
   <si>
     <t>Liptovská 1045/21, 74706 Opava, 553 734 109</t>
   </si>
   <si>
     <t>Poradna pro osoby se zdravotním postižením Ostravsko a Frýdecko-Místecko</t>
   </si>
   <si>
     <t>Frýdek-Místek, Ostrava</t>
   </si>
   <si>
     <t>Kolaříkova 2185, 73801 Místek, Bieblova 2922/3, 70200 Ostrava 2, 596 115 318</t>
   </si>
   <si>
     <t>Poradna Spolku Tulipán</t>
   </si>
   <si>
     <t>Horní Suchá</t>
   </si>
@@ -555,54 +537,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C21"/>
+  <dimension ref="A1:C19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C21" sqref="C21"/>
+      <selection activeCell="C19" sqref="C19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -716,131 +698,109 @@
         <v>33</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B14" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C14" s="2" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" s="2" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B18" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C18" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B19" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="B19" s="2" t="s">
+      <c r="C19" s="2" t="s">
         <v>54</v>
-      </c>
-[...23 lines deleted...]
-        <v>60</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">