--- v0 (2025-10-24)
+++ v1 (2025-12-25)
@@ -161,50 +161,59 @@
   <si>
     <t>Bílčice, Bohuslavice, Bolatice, Branka u Opavy, Brantice, Bratříkovice, Brumovice, Bruntál, Březová, Břidličná, Budišovice, Býkov-Láryšov, Čaková, Dětřichov nad Bystřicí, Dlouhá Stráň, Dobroslavice, Dolní Benešov, Dolní Moravice, Dolní Životice, Dvorce, Háj ve Slezsku, Heřmanovice, Hlavnice, Hlinka, Hlubočec, Hněvošice, Holasovice, Holčovice, Horní Benešov, Horní Město, Horní Životice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Chlebičov, Chuchelná, Chvalíkovice, Jakartovice, Jezdkovice, Jiříkov, Karlova Studánka, Karlovice, Kobeřice, Kozmice, Krasov, Kravaře, Kružberk, Křišťanovice, Kyjovice, Leskovec nad Moravicí, Lhotka u Litultovic, Litultovice, Lomnice, Ludvíkov, Malá Morávka, Malá Štáhle, Melč, Město Albrechtice, Mezina, Mikolajice, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Moravskoslezský Kočov, Neplachovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Oborná, Oldřišov, Opava, Otice, Píšť, Pustá Polom, Radkov, Raduň, Razová, Rohov, Roudno, Rudná pod Pradědem, Ryžoviště, Skřipov, Slavkov, Služovice, Sosnová, Stará Ves, Staré Heřminovy, Staré Těchanovice, Stěbořice, Strahovice, Sudice, Světlá Hora, Svobodné Heřmanice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Těškovice, Třebom, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Valšov, Velká Štáhle, Velké Heraltice, Velké Hoštice, Vršovice, Vysoká, Zátor</t>
   </si>
   <si>
     <t>Liptovská 1045/21, 74706 Opava, 553 734 109</t>
   </si>
   <si>
     <t>Osobní asistence Ostravsko</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Bieblova 2922/3, 70200 Ostrava, 596 115 318</t>
   </si>
   <si>
     <t>Péče srdcem</t>
   </si>
   <si>
     <t>Klimkovice, Ostrava, Václavovice, Vratimov</t>
   </si>
   <si>
     <t>Mírová 98/18, 70300 Ostrava, 777 147 587</t>
   </si>
   <si>
+    <t>Pečovatelská služba Hrabyně, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Hrabyně</t>
+  </si>
+  <si>
+    <t>Hrabyně 207, 74767 Hrabyně, 727 977 205</t>
+  </si>
+  <si>
     <t>TABITA Český Těšín, osobní asistence</t>
   </si>
   <si>
     <t>Albrechtice, Český Těšín, Dolní Domaslavice, Dolní Tošanovice, Horní Domaslavice, Horní Suchá, Horní Tošanovice, Chotěbuz, Těrlicko, Třanovice</t>
   </si>
   <si>
     <t>Třanovského 1758/10, 73701 Český Těšín 1, 739 525 242</t>
   </si>
   <si>
     <t>TABITA Jablunkov, osobní asistence</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
   <si>
     <t>Dukelská 108, 73991 Jablunkov, 558 713 772, 739 525 242</t>
   </si>
   <si>
     <t>TABITA Třinec, osobní asistence</t>
   </si>
   <si>
     <t>Bystřice, Hnojník, Nýdek, Ropice, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
   </si>
   <si>
     <t>Smetanova 523, 73961 Třinec 1, 739 525 242</t>
@@ -438,59 +447,50 @@
     <t>Přemyslovců 224/63, 70900 Ostrava 9, 599 459 131, Novoveská 1168/14, 70900 Ostrava 9, 599 459 240, Šimáčkova 1148/27, 70900 Ostrava 9, 599 459 122</t>
   </si>
   <si>
     <t>Tyršova 1761/14, 70200 Ostrava 2, 599 442 643</t>
   </si>
   <si>
     <t>Frýdlant nad Ostravicí</t>
   </si>
   <si>
     <t>Padlých hrdinů 312, 73911 Frýdlant nad Ostravicí, 558 441 611</t>
   </si>
   <si>
     <t>Kopřivnice</t>
   </si>
   <si>
     <t>Česká 320/29c, 74221 Kopřivnice, 556 808 622</t>
   </si>
   <si>
     <t>Pečovatelská služba a Dům s pečovatelskou službou</t>
   </si>
   <si>
     <t>Dolní Lutyně</t>
   </si>
   <si>
     <t>K Penzionu 120, 73553 Dolní Lutyně, 552 301 296, 602 111 062</t>
-  </si>
-[...7 lines deleted...]
-    <t>Hrabyně 207, 74767 Hrabyně, 727 977 205</t>
   </si>
   <si>
     <t>Pečovatelská služba města Vratimova</t>
   </si>
   <si>
     <t>Vratimov</t>
   </si>
   <si>
     <t>Frýdecká 853/57, 73932 Vratimov, 595 705 911, 596 732 441</t>
   </si>
   <si>
     <t>Pečovatelská služba Příbor</t>
   </si>
   <si>
     <t>Příbor, Skotnice</t>
   </si>
   <si>
     <t>Jičínská 238, 74258 Příbor, 737 286 554</t>
   </si>
   <si>
     <t>Pečovatelská služba v rodinách</t>
   </si>
   <si>
     <t>Syllabova 1278/19, 70300 Ostrava, 605 408 005</t>
   </si>
@@ -1182,535 +1182,535 @@
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>10</v>
+        <v>71</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>16</v>
+        <v>88</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>87</v>
+        <v>16</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>22</v>
+        <v>104</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>106</v>
+        <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2" t="s">
-        <v>26</v>
+        <v>113</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>27</v>
+        <v>114</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2" t="s">
-        <v>114</v>
+        <v>26</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>115</v>
+        <v>27</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>65</v>
+        <v>118</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>30</v>
+        <v>121</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>122</v>
+        <v>30</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>62</v>
+        <v>133</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>65</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>135</v>
+        <v>68</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2" t="s">
-        <v>139</v>
+        <v>117</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>140</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2" t="s">
         <v>142</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>143</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2" t="s">
         <v>145</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>146</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2" t="s">
         <v>148</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>149</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2" t="s">
         <v>151</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2" t="s">
         <v>153</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2" t="s">
         <v>155</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2" t="s">
         <v>158</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>159</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2" t="s">
         <v>161</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>162</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2" t="s">
         <v>164</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2" t="s">
         <v>168</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>169</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2" t="s">
         <v>171</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>172</v>