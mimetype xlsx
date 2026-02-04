--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="203">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Centrum sociálních služeb Český Těšín, příspěvková organizace</t>
   </si>
   <si>
     <t>Český Těšín</t>
   </si>
   <si>
     <t>Sokolovská 1997, 73701 Český Těšín, 558 740 193</t>
   </si>
   <si>
     <t>CSS Domus</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
@@ -179,51 +179,51 @@
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>28. října 2155, 73801 Frýdek-Místek, 602 390 425</t>
   </si>
   <si>
     <t>Domov pro seniory Iris, Ostrava Mariánské Hory, příspěvková organizace</t>
   </si>
   <si>
     <t>Rybářská 1223/13, 70900 Ostrava, 596 625 874</t>
   </si>
   <si>
     <t>Domov pro seniory Kamenec, Slezská Ostrava, příspěvková organizace</t>
   </si>
   <si>
     <t>Bohumínská 1056/71, 71000 Ostrava, 599 505 045</t>
   </si>
   <si>
     <t>Domov pro seniory Klimkovice</t>
   </si>
   <si>
     <t>Klimkovice</t>
   </si>
   <si>
-    <t>Jarmily Glazarové 245, 74283 Klimkovice, 556 420 741</t>
+    <t>17. listopadu 538/57, 74301 Bílovec, 556 420 741</t>
   </si>
   <si>
     <t>Domov pro seniory Krnov</t>
   </si>
   <si>
     <t>Krnov</t>
   </si>
   <si>
     <t>Rooseveltova 2141/51, 79401 Krnov, 554 684 611</t>
   </si>
   <si>
     <t>Domov pro seniory OASA Petřvald</t>
   </si>
   <si>
     <t>Petřvald</t>
   </si>
   <si>
     <t>čp. 2, 74260 Petřvald, 608 350 520</t>
   </si>
   <si>
     <t>Domov pro seniory Osoblaha p. o.</t>
   </si>
   <si>
     <t>Osoblaha</t>
   </si>
@@ -461,59 +461,56 @@
   <si>
     <t>Kubínova 445/44, 71300 Ostrava, 596 236 411</t>
   </si>
   <si>
     <t>Na Výminku s.r.o.</t>
   </si>
   <si>
     <t>Syllabova 2953/19d, 70300 Ostrava, 725 409 700</t>
   </si>
   <si>
     <t>Nový domov, příspěvková organizace - domov pro seniory</t>
   </si>
   <si>
     <t>U Bažantnice 1564/15, 73506 Karviná, 596 348 651</t>
   </si>
   <si>
     <t>Obecně prospěšná společnost Sv. Josefa, o.p.s.</t>
   </si>
   <si>
     <t>Ropice</t>
   </si>
   <si>
     <t>čp. 11, 73961 Ropice, 739 016 125</t>
   </si>
   <si>
-    <t>Penzion pro seniory</t>
-[...4 lines deleted...]
-  <si>
     <t>SAREPTA Komorní Lhotka, domov pro seniory</t>
   </si>
   <si>
+    <t>Komorní Lhotka</t>
+  </si>
+  <si>
     <t>U Svobodáren 1303/10, 73506 Karviná, U Svobodáren 1300/8, 73506 Karviná, 553 701 888, 737 487 244</t>
   </si>
   <si>
     <t>Seniorcentrum Opava, příspěvková organizace</t>
   </si>
   <si>
     <t>Rolnická 1550/24, 74705 Opava, 553 730 056, 770 190 491</t>
   </si>
   <si>
     <t>Sociální zařízení města Bílovce</t>
   </si>
   <si>
     <t>Bílovec</t>
   </si>
   <si>
     <t>Opavská 600/45, 74301 Bílovec 1, 556 801 592, 739 379 001</t>
   </si>
   <si>
     <t>Vila Vančurova o.p.s.</t>
   </si>
   <si>
     <t>Vančurova 1217/5, 74601 Opava 1, 602 540 755</t>
   </si>
   <si>
     <t>Domov pod Bílou Horou, příspěvková organizace</t>
@@ -615,50 +612,62 @@
     <t>Medela-péče o seniory o.p.s.</t>
   </si>
   <si>
     <t>Ostravice</t>
   </si>
   <si>
     <t>čp. 855, 73914 Ostravice, 603 983 489</t>
   </si>
   <si>
     <t>Nový domov, příspěvková organizace - domov se zvláštním režimem</t>
   </si>
   <si>
     <t>U Bažantnice 1564/15, 73506 Karviná, 596 348 652</t>
   </si>
   <si>
     <t>Siloe, domov se zvláštním režimem</t>
   </si>
   <si>
     <t>Rolnická 55/360, 70900 Ostrava 9, 733 142 425</t>
   </si>
   <si>
     <t>Příčná 317/4, 74221 Kopřivnice</t>
   </si>
   <si>
     <t>Školská 401, 73801 Frýdek-Místek</t>
+  </si>
+  <si>
+    <t>Domov Hortenzie, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Za Střelnicí 1568, 74401 Frenštát pod Radhoštěm, 556 806 111</t>
+  </si>
+  <si>
+    <t>Integrovaný sociální ústav Komorní Lhotka</t>
+  </si>
+  <si>
+    <t>Komorní Lhotka 184, 73953 Hnojník</t>
   </si>
   <si>
     <t>Gerontocentrum ČČK</t>
   </si>
   <si>
     <t>Střelniční 257/3, 73701 Český Těšín, 558 711 999</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -981,54 +990,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C90"/>
+  <dimension ref="A1:C91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C90" sqref="C90"/>
+      <selection activeCell="C91" sqref="C91"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1637,395 +1646,406 @@
         <v>144</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>147</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2" t="s">
         <v>149</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>47</v>
+        <v>150</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>74</v>
+        <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>13</v>
+        <v>155</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>156</v>
+        <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>13</v>
+        <v>160</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2" t="s">
-        <v>160</v>
+        <v>40</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>161</v>
+        <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2" t="s">
-        <v>40</v>
+        <v>163</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>13</v>
+        <v>164</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>165</v>
+        <v>47</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>47</v>
+        <v>7</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>170</v>
+        <v>16</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B69" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C69" s="2" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2" t="s">
-        <v>17</v>
+        <v>172</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2" t="s">
-        <v>175</v>
+        <v>29</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2" t="s">
-        <v>56</v>
+        <v>178</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>57</v>
+        <v>7</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>178</v>
+        <v>114</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>114</v>
+        <v>179</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>7</v>
+        <v>119</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2" t="s">
-        <v>179</v>
+        <v>44</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>119</v>
+        <v>7</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2" t="s">
-        <v>44</v>
+        <v>181</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2" t="s">
-        <v>184</v>
+        <v>103</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>77</v>
+        <v>106</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="2" t="s">
-        <v>105</v>
+        <v>187</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>106</v>
+        <v>57</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>41</v>
+        <v>192</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="2" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>193</v>
+        <v>74</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>74</v>
+        <v>7</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="2" t="s">
-        <v>197</v>
+        <v>159</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>7</v>
+        <v>160</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="2" t="s">
-        <v>160</v>
+        <v>46</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>161</v>
+        <v>47</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="2" t="s">
-        <v>46</v>
+        <v>200</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B90" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="B91" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="C90" s="2" t="s">
-        <v>202</v>
+      <c r="C91" s="2" t="s">
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">