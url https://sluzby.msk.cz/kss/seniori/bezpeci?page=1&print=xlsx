--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -12,88 +12,79 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Dluhové poradenství</t>
   </si>
   <si>
     <t>Budišov nad Budišovkou, Fulnek, Odry, Vítkov</t>
   </si>
   <si>
     <t>Partyzánská 229, 74787 Budišov nad Budišovkou, Masarykova 388, 74245 Fulnek, Hranická 1113/48, 74235 Odry, 604 645 378, Komenského 169, 74901 Vítkov</t>
   </si>
   <si>
     <t>Poradna ELPIS, odborné sociální poradenství</t>
   </si>
   <si>
     <t>Bruntál, Dívčí Hrad, Krnov, Rýmařov</t>
   </si>
   <si>
     <t>Zahradní 1455/1, 79201 Bruntál, 734 518 846, Dívčí Hrad 62, 79399 Dívčí Hrad, 734 518 846</t>
   </si>
   <si>
-    <t>Charitní hospicová poradna a poradna pro pečující</t>
-[...7 lines deleted...]
-  <si>
     <t>Charitní poradna</t>
   </si>
   <si>
     <t>Český Těšín, Horní Bludovice, Horní Suchá, Horní Tošanovice, Komorní Lhotka, Ropice, Soběšovice, Těrlicko</t>
   </si>
   <si>
     <t>Hrabinská 458/33, 73701 Český Těšín 1, 603 287 231</t>
   </si>
   <si>
     <t>Občanská poradna</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek, 773 173 604</t>
   </si>
   <si>
     <t>Občanská poradna Opava</t>
   </si>
   <si>
     <t>Opava, Slavkov</t>
   </si>
   <si>
     <t>Kylešovská 835/10, 74601 Opava, 731 316 552, Zámecká 156, 74757 Slavkov u Opavy, 731 316 552</t>
@@ -104,183 +95,174 @@
   <si>
     <t>Havířov</t>
   </si>
   <si>
     <t>Opletalova 607/4, 73601 Havířov, 734 864 124</t>
   </si>
   <si>
     <t>OBČANSKÁ PORADNA Karviná</t>
   </si>
   <si>
     <t>Karviná</t>
   </si>
   <si>
     <t>Havířská 1189/31, 73506 Karviná, 734 645 272, V Aleji 435/12, 73401 Karviná 4, 734 645 272</t>
   </si>
   <si>
     <t>občanská poradna Lexikona</t>
   </si>
   <si>
     <t>Krnov</t>
   </si>
   <si>
     <t>Hlavní náměstí 46/14, 79401 Krnov, 774 380 896</t>
   </si>
   <si>
-    <t>Občanská poradna Nový Jičín</t>
+    <t>Občanská poradna Novojičínsko</t>
   </si>
   <si>
     <t>Kopřivnice, Nový Jičín, Příbor</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 556 879 634, Sokolovská 617/9, 74101 Nový Jičín, 556 709 403, náměstí Sigmunda Freuda 19, 74258 Příbor, 556 709 403</t>
   </si>
   <si>
     <t>OBČANSKÁ PORADNA Ostrava, odborné sociální poradenství</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Štramberská 2871/47, 70300 Ostrava, 734 645 275</t>
   </si>
   <si>
     <t>Občanská poradna v Bohumíně</t>
   </si>
   <si>
     <t>Bohumín</t>
   </si>
   <si>
     <t>Štefánikova 957, 73581 Bohumín, 734 645 275</t>
   </si>
   <si>
     <t>Odborné sociální poradenství - Vstupní byty, Bohumínská 25, Ostrava-Muglinov</t>
   </si>
   <si>
     <t>Bohumínská 25/152, 71200 Ostrava, 725 876 755</t>
   </si>
   <si>
     <t>Poradenské a informační centrum - odborné sociální poradenství</t>
   </si>
   <si>
     <t>Klimkovice, Ostrava, Petřvald, Šenov, Vratimov</t>
   </si>
   <si>
     <t>Holvekova 204/44, 71800 Ostrava 18, 734 875 532, Puchmajerova 980/10, 70200 Ostrava 2, 734 875 532, Plzeňská 2617/6, 70030 Ostrava 30, 734 875 532</t>
   </si>
   <si>
     <t>Poradenské centrum</t>
   </si>
   <si>
-    <t>Bílá, Čeladná, Frýdlant nad Ostravicí, Malenovice, Pržno, Pstruží</t>
+    <t>Baška, Bílá, Čeladná, Dobrá, Frýdlant nad Ostravicí, Janovice, Lučina, Malenovice, Ostravice, Pazderna, Pržno, Pstruží, Raškovice, Staré Hamry</t>
   </si>
   <si>
     <t>Náměstí 3, 73911 Frýdlant nad Ostravicí, 737 627 872, Padlých hrdinů 312, 73911 Frýdlant nad Ostravicí, 737 627 872</t>
   </si>
   <si>
     <t>Poradenské středisko EUROTOPIA Opava</t>
   </si>
   <si>
     <t>Bolatice, Dolní Benešov, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kravaře, Oldřišov, Rohov, Služovice, Strahovice, Sudice, Štěpánkovice, Velké Hoštice</t>
   </si>
   <si>
     <t>Zacpalova 379/27, 74601 Opava, 734 202 918</t>
   </si>
   <si>
     <t>Poradna Ergon</t>
   </si>
   <si>
     <t>Třinec</t>
   </si>
   <si>
     <t>Frýdecká 424, 73961 Třinec, 734 863 270</t>
   </si>
   <si>
     <t>Poradna Charity Ostrava</t>
   </si>
   <si>
     <t>Charvátská 785/8, 70030 Ostrava, 731 625 767</t>
   </si>
   <si>
-    <t>Poradna pro osoby se zdravotním postižením Nový Jičín</t>
-[...7 lines deleted...]
-  <si>
     <t>Poradna pro osoby se zdravotním postižením Opava</t>
   </si>
   <si>
     <t>Bruntál, Krnov, Opava</t>
   </si>
   <si>
     <t>Liptovská 1045/21, 74706 Opava, 553 734 109</t>
   </si>
   <si>
     <t>Poradna pro osoby se zdravotním postižením Ostravsko a Frýdecko-Místecko</t>
   </si>
   <si>
     <t>Frýdek-Místek, Ostrava</t>
   </si>
   <si>
     <t>Kolaříkova 2185, 73801 Místek, Bieblova 2922/3, 70200 Ostrava 2, 596 115 318</t>
   </si>
   <si>
     <t>Poradna pro vztahy a rodinu – vztahové poradenství</t>
   </si>
   <si>
     <t>Syllabova 19, 70300 Ostrava, 774 724 428, Karla Pokorného 447/52a, 70800 Ostrava 8, 774 724 428</t>
   </si>
   <si>
     <t>Poradna pro ženy a dívky Frýdek-Mistek</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek 1, 558 434 961, 731 752 513</t>
   </si>
   <si>
     <t>Poradna Spolku Tulipán</t>
   </si>
   <si>
     <t>Horní Suchá</t>
   </si>
   <si>
     <t>Těrlická 1257, 73535 Horní Suchá, 608 567 552</t>
   </si>
   <si>
     <t>Poradna sv. Alexandra</t>
   </si>
   <si>
     <t>Františka Formana 251/13, 70030 Ostrava, 731 625 840</t>
   </si>
   <si>
     <t>Rodinná poradna</t>
   </si>
   <si>
-    <t>Hlučín, Hradec nad Moravicí, Nový Jičín, Odry, Ostrava, Raduň, Třinec</t>
+    <t>Bartošovice, Bělá, Bohuslavice, Čavisov, Darkovice, Děhylov, Dobroslavice, Dolní Benešov, Dolní Lhota, Hať, Hladké Životice, Hlučín, Hodslavice, Horní Lhota, Hostašovice, Jeseník nad Odrou, Klimkovice, Kozmice, Kunín, Libhošť, Ludgeřovice, Markvartovice, Mořkov, Nový Jičín, Olbramice, Ostrava, Píšť, Rybí, Sedlnice, Stará Ves nad Ondřejnicí, Starý Jičín, Suchdol nad Odrou, Šenov, Šenov u Nového Jičína, Šilheřovice, Třinec, Václavovice, Velká Polom, Vratimov, Vřesina, Závada, Zbyslavice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Jahnova 867/12, 70900 Ostrava, 595 054 000</t>
   </si>
   <si>
     <t>Sociálně právní poradna</t>
   </si>
   <si>
     <t>Bieblova 404/8, 70200 Ostrava, 596 128 401</t>
   </si>
   <si>
     <t>Odborné sociální poradenství v paliativní péči</t>
   </si>
   <si>
     <t>Český Těšín</t>
   </si>
   <si>
     <t>Ostravská 783, 73701 Český Těšín</t>
   </si>
   <si>
     <t>Centrum inkluze o.p.s.</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Kružberk, Melč, Moravice, Nové Lublice, Radkov, Staré Těchanovice, Svatoňovice, Větřkovice, Vítkov</t>
   </si>
@@ -645,54 +627,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C33"/>
+  <dimension ref="A1:C31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C33" sqref="C33"/>
+      <selection activeCell="C31" sqref="C31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -795,274 +777,252 @@
         <v>30</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B13" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C13" s="2" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" s="2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B18" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C18" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B19" s="2" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B21" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C21" s="2" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C22" s="2" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C23" s="2" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C24" s="2" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B25" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="B25" s="2" t="s">
+      <c r="C25" s="2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C26" s="2" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B27" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="B27" s="2" t="s">
+      <c r="C27" s="2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B28" s="2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B30" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C30" s="2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C31" s="2" t="s">
         <v>84</v>
-      </c>
-[...26 lines deleted...]
-        <v>90</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">