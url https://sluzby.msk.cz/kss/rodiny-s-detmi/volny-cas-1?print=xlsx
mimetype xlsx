--- v0 (2026-01-07)
+++ v1 (2026-02-25)
@@ -107,60 +107,60 @@
   <si>
     <t>SAS Tunnel</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Melč, Radkov, Svatoňovice, Větřkovice, Vítkov</t>
   </si>
   <si>
     <t>Dělnická 746, 74901 Vítkov, 553 038 227, 733 183 778</t>
   </si>
   <si>
     <t>Sociálně aktivizační služba pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Fulnek, Heřmánky, Jakubčovice nad Odrou, jiná obec v ČR, Luboměř, Mankovice, Odry, Spálov</t>
   </si>
   <si>
     <t>Nádražní 695/28, 74235 Odry, 728 476 958</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Hlučín, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
-    <t>Nerudova 686/49, 70300 Ostrava 3, 595 054 006, Čujkovova 1718/29, 70030 Ostrava 30, 595 054 006</t>
+    <t>Nerudova 686/49, 70300 Ostrava 3, 736 142 187, Čujkovova 1718/29, 70030 Ostrava 30, 736 142 187</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi Nový Jičín</t>
   </si>
   <si>
     <t>Bartošovice, Bernartice nad Odrou, Hladké Životice, Hodslavice, Hostašovice, Jeseník nad Odrou, Kunín, Libhošť, Mořkov, Nový Jičín, Rybí, Sedlnice, Starý Jičín, Suchdol nad Odrou, Šenov u Nového Jičína, Životice u Nového Jičína</t>
   </si>
   <si>
-    <t>Kostelní 2080/6, 74101 Nový Jičín, 774 789 811</t>
+    <t>Štefánikova 826/7, 74101 Nový Jičín, 728 280 769</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISITENCE Karviná, Orlová</t>
   </si>
   <si>
     <t>Dětmarovice, Doubrava, Karviná, Orlová, Petrovice u Karviné, Petřvald, Stonava</t>
   </si>
   <si>
     <t>V Aleji 435/12, 73401 Karviná 4, 604 642 991, Masarykova třída 900, 73514 Orlová, 604 642 991</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Jablunkov, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Hrčava, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
   <si>
     <t>čp. 650, 73992 Návsí, 558 320 300</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Krnovsko, Albrechticko, Osoblažsko, Rýmařovsko</t>
   </si>
   <si>
     <t>Bohušov, Brantice, Břidličná, Býkov-Láryšov, Čaková, Dívčí Hrad, Dolní Moravice, Heřmanovice, Hlinka, Holčovice, Horní Město, Hošťálkovy, Janov, Jindřichov, Jiříkov, Krasov, Lichnov, Liptaň, Malá Morávka, Malá Štáhle, Město Albrechtice, Osoblaha, Petrovice, Rusín, Rýmařov, Ryžoviště, Slezské Pavlovice, Slezské Rudoltice, Stará Ves, Třemešná, Tvrdkov, Úvalno, Velká Štáhle, Vysoká, Zátor</t>
   </si>