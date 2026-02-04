--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Armáda spásy, Sociálně aktivizační služby pro rodiny s dětmi Kopřivnice, Příbor, Štramberk</t>
   </si>
   <si>
     <t>Kopřivnice, Příbor, Štramberk</t>
   </si>
   <si>
     <t>Horní 1112/21b, 74221 Kopřivnice</t>
   </si>
   <si>
     <t>Centrum Pramínek</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
@@ -107,105 +107,96 @@
   <si>
     <t>SAS Tunnel</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Melč, Radkov, Svatoňovice, Větřkovice, Vítkov</t>
   </si>
   <si>
     <t>Dělnická 746, 74901 Vítkov, 553 038 227, 733 183 778</t>
   </si>
   <si>
     <t>Sociálně aktivizační služba pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Fulnek, Heřmánky, Jakubčovice nad Odrou, jiná obec v ČR, Luboměř, Mankovice, Odry, Spálov</t>
   </si>
   <si>
     <t>Nádražní 695/28, 74235 Odry, 728 476 958</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Hlučín, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
-    <t>Nerudova 686/49, 70300 Ostrava 3, 595 054 006, Čujkovova 1718/29, 70030 Ostrava 30, 595 054 006</t>
+    <t>Nerudova 686/49, 70300 Ostrava 3, 736 609 529, Čujkovova 1718/29, 70030 Ostrava 30, 736 609 529</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi Nový Jičín</t>
   </si>
   <si>
     <t>Bartošovice, Bernartice nad Odrou, Hladké Životice, Hodslavice, Hostašovice, Jeseník nad Odrou, Kunín, Libhošť, Mořkov, Nový Jičín, Rybí, Sedlnice, Starý Jičín, Suchdol nad Odrou, Šenov u Nového Jičína, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Kostelní 2080/6, 74101 Nový Jičín, 774 789 811</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISITENCE Karviná, Orlová</t>
   </si>
   <si>
     <t>Dětmarovice, Doubrava, Karviná, Orlová, Petrovice u Karviné, Petřvald, Stonava</t>
   </si>
   <si>
     <t>V Aleji 435/12, 73401 Karviná 4, 604 642 991, Masarykova třída 900, 73514 Orlová, 604 642 991</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Jablunkov, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Hrčava, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
   <si>
     <t>čp. 650, 73992 Návsí, 558 320 300</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Krnovsko, Albrechticko, Osoblažsko, Rýmařovsko</t>
   </si>
   <si>
     <t>Bohušov, Brantice, Břidličná, Býkov-Láryšov, Čaková, Dívčí Hrad, Dolní Moravice, Heřmanovice, Hlinka, Holčovice, Horní Město, Hošťálkovy, Janov, Jindřichov, Jiříkov, Krasov, Lichnov, Liptaň, Malá Morávka, Malá Štáhle, Město Albrechtice, Osoblaha, Petrovice, Rusín, Rýmařov, Ryžoviště, Slezské Pavlovice, Slezské Rudoltice, Stará Ves, Třemešná, Tvrdkov, Úvalno, Velká Štáhle, Vysoká, Zátor</t>
   </si>
   <si>
     <t>Dvořákův okruh 298/21, 79401 Krnov, Lázeňská 119/2, 79395 Město Albrechtice, Klášterní 100, 79399 Osoblaha, třída Hrdinů 414/4, 79501 Rýmařov</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Ostrava, Bohumín, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Bohumín, Ostrava</t>
   </si>
   <si>
     <t>Drátovenská 246, 73551 Bohumín 5, 734 360 326, Štramberská 2871/47, 70300 Ostrava 3, 734 769 704</t>
-  </si>
-[...7 lines deleted...]
-    <t>Máchova 643, 73961 Třinec, 558 320 300</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE, Frýdek - Místek, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Baška, Brušperk, Bruzovice, Čeladná, Dobrá, Dobratice, Dolní Tošanovice, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Hnojník, Horní Tošanovice, Hukvaldy, Janovice, Kaňovice, Kozlovice, Krásná, Lučina, Metylovice, Nižní Lhoty, Nošovice, Ostrava, Ostravice, Palkovice, Paskov, Pazderna, Pržno, Raškovice, Řepiště, Sedliště, Staré Město, Staříč, Sviadnov, Třanovice, Vojkovice, Vyšní Lhoty, Žabeň, Žermanice</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek 1, 739 380 145</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -531,54 +522,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C19"/>
+  <dimension ref="A1:C18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C19" sqref="C19"/>
+      <selection activeCell="C18" sqref="C18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -740,61 +731,50 @@
       </c>
       <c r="C16" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>49</v>
-      </c>
-[...9 lines deleted...]
-        <v>52</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">