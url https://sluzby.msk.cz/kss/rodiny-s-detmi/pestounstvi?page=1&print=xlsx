--- v0 (2025-10-31)
+++ v1 (2026-02-25)
@@ -95,51 +95,51 @@
   <si>
     <t>Havířov</t>
   </si>
   <si>
     <t>Opletalova 607/4, 73601 Havířov, 734 864 124</t>
   </si>
   <si>
     <t>OBČANSKÁ PORADNA Karviná</t>
   </si>
   <si>
     <t>Karviná</t>
   </si>
   <si>
     <t>Havířská 1189/31, 73506 Karviná, 734 645 272, V Aleji 435/12, 73401 Karviná 4, 734 645 272</t>
   </si>
   <si>
     <t>občanská poradna Lexikona</t>
   </si>
   <si>
     <t>Krnov</t>
   </si>
   <si>
     <t>Hlavní náměstí 46/14, 79401 Krnov, 774 380 896</t>
   </si>
   <si>
-    <t>Občanská poradna Nový Jičín</t>
+    <t>Občanská poradna Novojičínsko</t>
   </si>
   <si>
     <t>Kopřivnice, Nový Jičín, Příbor</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 556 879 634, Sokolovská 617/9, 74101 Nový Jičín, 556 709 403, náměstí Sigmunda Freuda 19, 74258 Příbor, 556 709 403</t>
   </si>
   <si>
     <t>OBČANSKÁ PORADNA Ostrava, odborné sociální poradenství</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Štramberská 2871/47, 70300 Ostrava, 734 645 275</t>
   </si>
   <si>
     <t>Občanská poradna v Bohumíně</t>
   </si>
   <si>
     <t>Bohumín</t>
   </si>
   <si>
     <t>Štefánikova 957, 73581 Bohumín, 734 645 275</t>
   </si>
@@ -149,51 +149,51 @@
   <si>
     <t>Bohumínská 25/152, 71200 Ostrava, 725 876 755</t>
   </si>
   <si>
     <t>Poradenské a informační centrum - odborné sociální poradenství</t>
   </si>
   <si>
     <t>Klimkovice, Ostrava, Petřvald, Šenov, Vratimov</t>
   </si>
   <si>
     <t>Holvekova 204/44, 71800 Ostrava 18, 734 875 532, Puchmajerova 980/10, 70200 Ostrava 2, 734 875 532, Plzeňská 2617/6, 70030 Ostrava 30, 734 875 532</t>
   </si>
   <si>
     <t>Poradenské a mediační centrum</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Žerotínova 1230/1, 70200 Ostrava, 737 208 548</t>
   </si>
   <si>
     <t>Poradenské centrum</t>
   </si>
   <si>
-    <t>Bílá, Čeladná, Frýdlant nad Ostravicí, Malenovice, Pržno, Pstruží</t>
+    <t>Baška, Bílá, Čeladná, Dobrá, Frýdlant nad Ostravicí, Janovice, Lučina, Malenovice, Ostravice, Pazderna, Pržno, Pstruží, Raškovice, Staré Hamry</t>
   </si>
   <si>
     <t>Náměstí 3, 73911 Frýdlant nad Ostravicí, 737 627 872, Padlých hrdinů 312, 73911 Frýdlant nad Ostravicí, 737 627 872</t>
   </si>
   <si>
     <t>Poradenské středisko EUROTOPIA Opava</t>
   </si>
   <si>
     <t>Bolatice, Dolní Benešov, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kravaře, Oldřišov, Rohov, Služovice, Strahovice, Sudice, Štěpánkovice, Velké Hoštice</t>
   </si>
   <si>
     <t>Zacpalova 379/27, 74601 Opava, 734 202 918</t>
   </si>
   <si>
     <t>Poradenské středisko pro rodinu a dítě "RaD"</t>
   </si>
   <si>
     <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
   </si>
   <si>
     <t>Atriová 1297/5, 73601 Havířov, 596 885 678</t>
   </si>
   <si>
     <t>Poradna Charity Ostrava</t>
   </si>
@@ -221,51 +221,51 @@
   <si>
     <t>Poradna pro ženy a dívky Frýdek-Mistek</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek 1, 558 434 961, 731 752 513</t>
   </si>
   <si>
     <t>Poradna Spolku Tulipán</t>
   </si>
   <si>
     <t>Horní Suchá</t>
   </si>
   <si>
     <t>Těrlická 1257, 73535 Horní Suchá, 608 567 552</t>
   </si>
   <si>
     <t>Poradna sv. Alexandra</t>
   </si>
   <si>
     <t>Františka Formana 251/13, 70030 Ostrava, 731 625 840</t>
   </si>
   <si>
     <t>Rodinná poradna</t>
   </si>
   <si>
-    <t>Hlučín, Hradec nad Moravicí, Nový Jičín, Odry, Ostrava, Raduň, Třinec</t>
+    <t>Bartošovice, Bělá, Bohuslavice, Čavisov, Darkovice, Děhylov, Dobroslavice, Dolní Benešov, Dolní Lhota, Hať, Hladké Životice, Hlučín, Hodslavice, Horní Lhota, Hostašovice, Jeseník nad Odrou, Klimkovice, Kozmice, Kunín, Libhošť, Ludgeřovice, Markvartovice, Mořkov, Nový Jičín, Olbramice, Ostrava, Píšť, Rybí, Sedlnice, Stará Ves nad Ondřejnicí, Starý Jičín, Suchdol nad Odrou, Šenov, Šenov u Nového Jičína, Šilheřovice, Třinec, Václavovice, Velká Polom, Vratimov, Vřesina, Závada, Zbyslavice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Jahnova 867/12, 70900 Ostrava, 595 054 000</t>
   </si>
   <si>
     <t>Centrum inkluze o.p.s.</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Kružberk, Melč, Moravice, Nové Lublice, Radkov, Staré Těchanovice, Svatoňovice, Větřkovice, Vítkov</t>
   </si>
   <si>
     <t>Švermova /249, 74901 Vítkov, nám. Jana Zajíce /1, 74901 Vítkov</t>
   </si>
   <si>
     <t>Poradna rané péče EUNIKA</t>
   </si>
   <si>
     <t>Baška, Brušperk, Bruzovice, Dětmarovice, Dobrá, Dobratice, Dolní Tošanovice, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Horní Domaslavice, Horní Tošanovice, Hukvaldy, Kaňovice, Kozlovice, Krásná, Krmelín, Lhotka, Lučina, Morávka, Nošovice, Orlová, Palkovice, Pazderna, Petrovice, Petřvald, Pražmo, Raškovice, Řepiště, Sedliště, Soběšovice, Staré Město, Staříč, Stonava, Sviadnov, Trojanovice, Třanovice, Vojkovice, Vyšní Lhoty, Žabeň, Žermanice</t>
   </si>
   <si>
     <t>Masarykovo nám. 6/5, 73301 Karviná, 731 670 761</t>
   </si>
   <si>
     <t>Poradna rané péče LYDIE</t>
   </si>