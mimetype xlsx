--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Armáda spásy, Terénní programy Adelante Ostrava</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>U Nových válcoven 1571/9, 70900 Ostrava, 737 215 411</t>
   </si>
   <si>
     <t>Armáda spásy, Azylový dům Krnov</t>
   </si>
   <si>
     <t>Krnov</t>
   </si>
   <si>
@@ -131,188 +131,173 @@
   <si>
     <t>Armáda spásy, Noclehárna pro muže Samaritán Opava</t>
   </si>
   <si>
     <t>Armáda spásy, Noclehárna pro ženy Samaritán Opava</t>
   </si>
   <si>
     <t>Rybářská 484/86, 74601 Opava, 737 215 427</t>
   </si>
   <si>
     <t>Armáda spásy, Noclehárna pro ženy Adelante Ostrava</t>
   </si>
   <si>
     <t>U Nových válcoven 1592/9a, 70900 Ostrava, 737 215 411</t>
   </si>
   <si>
     <t>Armáda spásy, Prevence bezdomovectví Bohumín</t>
   </si>
   <si>
     <t>Bohumín</t>
   </si>
   <si>
     <t>Trnková 322, 73551 Bohumín, 737 215 431</t>
   </si>
   <si>
-    <t>Armáda spásy, Prevence bezdomovectví Frýdek-Místek</t>
+    <t>Armáda spásy, Prevence bezdomovectví Havířov</t>
+  </si>
+  <si>
+    <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
+  </si>
+  <si>
+    <t>Obránců míru 619/3, 73601 Havířov, 737 215 426</t>
+  </si>
+  <si>
+    <t>Armáda spásy, Prevence bezdomovectví Kopřivnice</t>
+  </si>
+  <si>
+    <t>Kopřivnice</t>
+  </si>
+  <si>
+    <t>Horní 1112/21b, 74221 Kopřivnice, 251 106 424</t>
+  </si>
+  <si>
+    <t>Armáda spásy, Prevence bezdomovectví Ostrava</t>
+  </si>
+  <si>
+    <t>Volgogradská 2464/16, 70030 Ostrava, 737 251 431, Dělnická 313/48, 70800 Ostrava, 737 251 431, Palackého 741/25, 70200 Ostrava, 737 251 431</t>
+  </si>
+  <si>
+    <t>Armáda spásy, Terénní programy Havířov</t>
+  </si>
+  <si>
+    <t>Na Spojce 807/2, 73601 Havířov, 773 770 141</t>
+  </si>
+  <si>
+    <t>Armáda spásy, Terénní programy Krnov</t>
+  </si>
+  <si>
+    <t>Opavská 251/26, 79401 Krnov, 737 215 429</t>
+  </si>
+  <si>
+    <t>Armáda spásy, Terénní programy Samaritán Opava</t>
+  </si>
+  <si>
+    <t>Azylové zařízení</t>
+  </si>
+  <si>
+    <t>Vřesinská 2230/5, 70800 Ostrava, 555 131 686</t>
+  </si>
+  <si>
+    <t>Azylový dům</t>
+  </si>
+  <si>
+    <t>Horní 1113/23, 74221 Kopřivnice</t>
+  </si>
+  <si>
+    <t>Azylový dům Debora pro ženy a matky s dětmi</t>
+  </si>
+  <si>
+    <t>Karpatská 1091/40, 70030 Ostrava, 605 268 218</t>
+  </si>
+  <si>
+    <t>Azylový dům Nová šance</t>
+  </si>
+  <si>
+    <t>Šilheřovice</t>
+  </si>
+  <si>
+    <t>čp. 453, 71100 Šilheřovice, 739 674 861</t>
+  </si>
+  <si>
+    <t>Azylový dům pro matky</t>
+  </si>
+  <si>
+    <t>Třinec</t>
+  </si>
+  <si>
+    <t>Tyršova 633, 73961 Třinec, Chopinova 445, 73961 Třinec, Čapkova 708, 73961 Třinec</t>
+  </si>
+  <si>
+    <t>Azylový dům pro matky s dětmi</t>
+  </si>
+  <si>
+    <t>Budečská 1373/3, 70200 Ostrava, 595 054 003</t>
+  </si>
+  <si>
+    <t>Azylový dům pro muže</t>
+  </si>
+  <si>
+    <t>Palackého 993/61, 70100 Ostrava, 595 054 002</t>
+  </si>
+  <si>
+    <t>Azylový dům pro rodiny s dětmi, Na Liščině 2, Ostrava-Hrušov</t>
+  </si>
+  <si>
+    <t>Na Liščině 338/2, 71100 Ostrava, 725 876 755</t>
+  </si>
+  <si>
+    <t>BETHEL Bruntál, Rýmařov</t>
+  </si>
+  <si>
+    <t>Bruntál, Rýmařov</t>
+  </si>
+  <si>
+    <t>Pěší 1850/8, 79201 Bruntál, 734 642 064, 8. května 418/36, 79501 Rýmařov, 734 642 064</t>
+  </si>
+  <si>
+    <t>BETHEL Český Těšín, nízkoprahové denní centrum</t>
+  </si>
+  <si>
+    <t>Český Těšín</t>
+  </si>
+  <si>
+    <t>Tovární 2044/23a, 73701 Český Těšín, 731 682 236</t>
+  </si>
+  <si>
+    <t>BETHEL Český Těšín, noclehárna</t>
+  </si>
+  <si>
+    <t>BETHEL Český Těšín, terénní program</t>
+  </si>
+  <si>
+    <t>BETHEL Frýdek-Místek, azylový dům</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
-    <t>Československé armády 797, 73801 Frýdek-Místek, 737 215 433</t>
-[...130 lines deleted...]
-  <si>
     <t>Československé armády 799, 73801 Frýdek-Místek, 734 862 307, Jiřího Trnky 72, 73801 Frýdek-Místek, 734 862 307, K Zahrádkám 1309, 73801 Frýdek-Místek, 734 862 307, Komenského 159, 73801 Frýdek-Místek, 734 862 307</t>
   </si>
   <si>
     <t>BETHEL Frýdek-Místek, nízkoprahové denní centrum</t>
   </si>
   <si>
     <t>K Zahrádkám 1309, 73801 Frýdek-Místek, 734 862 307</t>
   </si>
   <si>
     <t>BETHEL Frýdek-Místek, noclehárna pro muže</t>
   </si>
   <si>
     <t>BETHEL Frýdek-Místek, terénní program</t>
   </si>
   <si>
     <t>BETHEL Karviná noclehárna</t>
   </si>
   <si>
     <t>Karviná</t>
   </si>
   <si>
     <t>Lešetínská 1945/49, 73301 Karviná, 605 231 660</t>
   </si>
   <si>
     <t>BETHEL Karviná terénní program</t>
@@ -527,51 +512,51 @@
   <si>
     <t>Václava Košaře 249/12a, 70030 Ostrava, 599 527 250, 730 573 037</t>
   </si>
   <si>
     <t>Krizové centrum Ostrava</t>
   </si>
   <si>
     <t>Okružní 298/3, 79201 Bruntál, 725 075 432, Ruská 94/29, 70300 Ostrava 3, 596 110 882, 732 957 193</t>
   </si>
   <si>
     <t>Krizové centrum pro děti a rodinu</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Frýdek-Místek, Horní Lhota, Karviná, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Syllabova 1161/19, 70300 Vítkovice, 778 111 281, 778 421 223</t>
   </si>
   <si>
     <t>Služby drogové prevence OPEN HOUSE</t>
   </si>
   <si>
     <t>Bruntál, Kravaře, Vrbno pod Pradědem</t>
   </si>
   <si>
-    <t>Zahradní 1455/1, 79201 Bruntál 1, 775 096 714, Zámecké náměstí 1/13, 79401 Krnov 1, 775 096 714, Husova 469, 79326 Vrbno pod Pradědem, 775 096 714</t>
+    <t>Zahradní 1455/1, 79201 Bruntál 1, 775 096 710, Zámecké náměstí 1/13, 79401 Krnov 1, 775 096 714, Husova 469, 79326 Vrbno pod Pradědem, 775 096 714</t>
   </si>
   <si>
     <t>Terénní program Krnovsko</t>
   </si>
   <si>
     <t>E. F. Buriana 908/1, 79401 Krnov 1, 608 868 460</t>
   </si>
   <si>
     <t>Terénní programy EUROTOPIA</t>
   </si>
   <si>
     <t>ČSL armády 808/43b, 79401 Krnov, 735 171 001</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -900,54 +885,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C83"/>
+  <dimension ref="A1:C81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C83" sqref="C83"/>
+      <selection activeCell="C81" sqref="C81"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1149,725 +1134,703 @@
         <v>39</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B22" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C22" s="2" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C23" s="2" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C24" s="2" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C27" s="2" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C28" s="2" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C29" s="2" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B30" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C31" s="2" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C32" s="2" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C34" s="2" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" s="2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B38" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C38" s="2" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>40</v>
+        <v>79</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>40</v>
+        <v>79</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>40</v>
+        <v>86</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B43" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C43" s="2" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C44" s="2" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>91</v>
+        <v>62</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>91</v>
+        <v>62</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C48" s="2" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B49" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="B49" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="2" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C50" s="2" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B51" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C51" s="2" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B52" s="2" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>4</v>
+        <v>109</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>117</v>
+        <v>74</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>117</v>
+        <v>4</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C59" s="2" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" s="2" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2" t="s">
         <v>131</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>4</v>
+        <v>37</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="B65" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C65" s="2" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="B68" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C68" s="2" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" s="2" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2" t="s">
         <v>143</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>37</v>
+        <v>79</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2" t="s">
         <v>145</v>
       </c>
       <c r="B71" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C71" s="2" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C72" s="2" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" s="2" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2" t="s">
         <v>154</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2" t="s">
         <v>157</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>68</v>
+        <v>4</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2" t="s">
         <v>159</v>
       </c>
       <c r="B77" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="C77" s="2" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="B78" s="2" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2" t="s">
         <v>164</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>134</v>
+        <v>165</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>167</v>
+        <v>7</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="2" t="s">
         <v>169</v>
       </c>
       <c r="B81" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C81" s="2" t="s">
         <v>170</v>
-      </c>
-[...23 lines deleted...]
-        <v>175</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">