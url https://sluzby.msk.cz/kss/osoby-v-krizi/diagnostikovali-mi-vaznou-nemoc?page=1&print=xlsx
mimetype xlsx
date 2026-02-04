--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Charitní středisko Michala Magone-krizová pomoc</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Václava Košaře 249/12a, 70030 Ostrava, 599 527 250, 730 573 037</t>
   </si>
   <si>
     <t>Krizové centrum Ostrava</t>
   </si>
   <si>
     <t>Albrechtice, Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
   </si>
   <si>
@@ -68,141 +68,132 @@
   <si>
     <t>Čavisov, Dolní Lhota, Frýdek-Místek, Horní Lhota, Karviná, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Syllabova 1161/19, 70300 Vítkovice, 778 111 281, 778 421 223</t>
   </si>
   <si>
     <t>Dluhové poradenství</t>
   </si>
   <si>
     <t>Budišov nad Budišovkou, Fulnek, Odry, Vítkov</t>
   </si>
   <si>
     <t>Partyzánská 229, 74787 Budišov nad Budišovkou, Masarykova 388, 74245 Fulnek, Hranická 1113/48, 74235 Odry, 604 645 378, Komenského 169, 74901 Vítkov</t>
   </si>
   <si>
     <t>Poradna ELPIS, odborné sociální poradenství</t>
   </si>
   <si>
     <t>Bruntál, Dívčí Hrad, Krnov, Rýmařov</t>
   </si>
   <si>
     <t>Zahradní 1455/1, 79201 Bruntál, 734 518 846, Dívčí Hrad 62, 79399 Dívčí Hrad, 734 518 846</t>
   </si>
   <si>
-    <t>Charitní hospicová poradna a poradna pro pečující</t>
-[...7 lines deleted...]
-  <si>
     <t>Charitní poradna</t>
   </si>
   <si>
     <t>Český Těšín, Horní Bludovice, Horní Suchá, Horní Tošanovice, Komorní Lhotka, Ropice, Soběšovice, Těrlicko</t>
   </si>
   <si>
     <t>Hrabinská 458/33, 73701 Český Těšín 1, 603 287 231</t>
   </si>
   <si>
     <t>Občanská poradna</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek, 773 173 604</t>
   </si>
   <si>
     <t>Občanská poradna Opava</t>
   </si>
   <si>
     <t>Opava, Slavkov</t>
   </si>
   <si>
     <t>Kylešovská 835/10, 74601 Opava, 731 316 552, Zámecká 156, 74757 Slavkov u Opavy, 731 316 552</t>
   </si>
   <si>
     <t>OBČANSKÁ PORADNA Karviná</t>
   </si>
   <si>
     <t>Karviná</t>
   </si>
   <si>
     <t>Havířská 1189/31, 73506 Karviná, 734 645 272, V Aleji 435/12, 73401 Karviná 4, 734 645 272</t>
   </si>
   <si>
     <t>občanská poradna Lexikona</t>
   </si>
   <si>
     <t>Krnov</t>
   </si>
   <si>
     <t>Hlavní náměstí 46/14, 79401 Krnov, 774 380 896</t>
   </si>
   <si>
-    <t>Občanská poradna Nový Jičín</t>
+    <t>Občanská poradna Novojičínsko</t>
   </si>
   <si>
     <t>Kopřivnice, Nový Jičín, Příbor</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 556 879 634, Sokolovská 617/9, 74101 Nový Jičín, 556 709 403, náměstí Sigmunda Freuda 19, 74258 Příbor, 556 709 403</t>
   </si>
   <si>
     <t>Občanská poradna v Bohumíně</t>
   </si>
   <si>
     <t>Bohumín</t>
   </si>
   <si>
     <t>Štefánikova 957, 73581 Bohumín, 734 645 275</t>
   </si>
   <si>
     <t>Odborné sociální poradenství - Vstupní byty, Bohumínská 25, Ostrava-Muglinov</t>
   </si>
   <si>
     <t>Bohumínská 25/152, 71200 Ostrava, 725 876 755</t>
   </si>
   <si>
     <t>Poradenské a informační centrum - odborné sociální poradenství</t>
   </si>
   <si>
     <t>Klimkovice, Ostrava, Petřvald, Šenov, Vratimov</t>
   </si>
   <si>
     <t>Holvekova 204/44, 71800 Ostrava 18, 734 875 532, Puchmajerova 980/10, 70200 Ostrava 2, 734 875 532, Plzeňská 2617/6, 70030 Ostrava 30, 734 875 532</t>
   </si>
   <si>
     <t>Poradenské centrum</t>
   </si>
   <si>
-    <t>Bílá, Čeladná, Frýdlant nad Ostravicí, Malenovice, Pržno, Pstruží</t>
+    <t>Baška, Bílá, Čeladná, Dobrá, Frýdlant nad Ostravicí, Janovice, Lučina, Malenovice, Ostravice, Pazderna, Pržno, Pstruží, Raškovice, Staré Hamry</t>
   </si>
   <si>
     <t>Náměstí 3, 73911 Frýdlant nad Ostravicí, 737 627 872, Padlých hrdinů 312, 73911 Frýdlant nad Ostravicí, 737 627 872</t>
   </si>
   <si>
     <t>Poradenské středisko EUROTOPIA a Asistenční, mediační a terapeutické centrum Krnov</t>
   </si>
   <si>
     <t>Bohušov, Brantice, Břidličná, Býkov-Láryšov, Čaková, Dívčí Hrad, Dolní Moravice, Heřmanovice, Hlinka, Holčovice, Horní Město, Hošťálkovy, Janov, Jindřichov, Jiříkov, Krasov, Krnov, Lichnov, Liptaň, Malá Morávka, Malá Štáhle, Město Albrechtice, Osoblaha, Petrovice, Rusín, Rýmařov, Ryžoviště, Slezské Pavlovice, Slezské Rudoltice, Stará Ves, Třemešná, Tvrdkov, Úvalno, Velká Štáhle, Vysoká, Zátor</t>
   </si>
   <si>
     <t>Čsl. armády 808/43b, 79401 Krnov 1, 739 214 654</t>
   </si>
   <si>
     <t>Poradenské středisko EUROTOPIA Opava</t>
   </si>
   <si>
     <t>Bolatice, Dolní Benešov, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kravaře, Oldřišov, Rohov, Služovice, Strahovice, Sudice, Štěpánkovice, Velké Hoštice</t>
   </si>
   <si>
     <t>Zacpalova 379/27, 74601 Opava, 734 202 918</t>
   </si>
   <si>
     <t>Poradna Ergon</t>
   </si>
@@ -236,51 +227,51 @@
   <si>
     <t>Poradna pro ženy a dívky Frýdek-Mistek</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek 1, 558 434 961, 731 752 513</t>
   </si>
   <si>
     <t>Poradna sv. Alexandra</t>
   </si>
   <si>
     <t>Františka Formana 251/13, 70030 Ostrava, 731 625 840</t>
   </si>
   <si>
     <t>Rodinná a manželská poradna Karviná</t>
   </si>
   <si>
     <t>Bruntál, Frýdek-Místek, Karviná, Nový Jičín, Opava, Ostrava</t>
   </si>
   <si>
     <t>Jesenická 1757/5, 79201 Bruntál 1, 777 499 632, F. Čejky 427, 73801 Frýdek-Místek 1, 987 654 321, Karola Śliwky 620/7, 73301 Karviná 1, 777 499 648, Na Bělidle 815/12, 73301 Karviná 1, 773 751 754, Štefánikova 826/7, 74101 Nový Jičín 1, 777 499 633, Olomoucká 2520/74 2520/74, 74601 Opava 1, 777 499 630, Hornická 2806/84, 70200 Ostrava 2, 777 499 639</t>
   </si>
   <si>
     <t>Rodinná poradna</t>
   </si>
   <si>
-    <t>Hlučín, Hradec nad Moravicí, Nový Jičín, Odry, Ostrava, Raduň, Třinec</t>
+    <t>Bartošovice, Bělá, Bohuslavice, Čavisov, Darkovice, Děhylov, Dobroslavice, Dolní Benešov, Dolní Lhota, Hať, Hladké Životice, Hlučín, Hodslavice, Horní Lhota, Hostašovice, Jeseník nad Odrou, Klimkovice, Kozmice, Kunín, Libhošť, Ludgeřovice, Markvartovice, Mořkov, Nový Jičín, Olbramice, Ostrava, Píšť, Rybí, Sedlnice, Stará Ves nad Ondřejnicí, Starý Jičín, Suchdol nad Odrou, Šenov, Šenov u Nového Jičína, Šilheřovice, Třinec, Václavovice, Velká Polom, Vratimov, Vřesina, Závada, Zbyslavice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Jahnova 867/12, 70900 Ostrava, 595 054 000</t>
   </si>
   <si>
     <t>Sociálně právní poradna</t>
   </si>
   <si>
     <t>Bieblova 404/8, 70200 Ostrava, 596 128 401</t>
   </si>
   <si>
     <t>Sociální poradna</t>
   </si>
   <si>
     <t>Bruntál</t>
   </si>
   <si>
     <t>U Rybníka 1568/4, 79201 Bruntál, 554 219 210</t>
   </si>
   <si>
     <t>Sociální poradna a poradna pro pozůstalé</t>
   </si>
   <si>
     <t>Gurťjevova 459/11, 70030 Ostrava, 599 910 196, 724 975 278</t>
   </si>
@@ -672,54 +663,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C36"/>
+  <dimension ref="A1:C35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C36" sqref="C36"/>
+      <selection activeCell="C35" sqref="C35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -833,62 +824,62 @@
         <v>33</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B14" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="2" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" s="2" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>49</v>
@@ -899,161 +890,161 @@
         <v>50</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B20" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C20" s="2" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B21" s="2" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B22" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C22" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C23" s="2" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C24" s="2" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B25" s="2" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2" t="s">
         <v>70</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B27" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C27" s="2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B28" s="2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B29" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C29" s="2" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B30" s="2" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>87</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>88</v>
@@ -1064,65 +1055,54 @@
         <v>89</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B35" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C35" s="2" t="s">
         <v>96</v>
-      </c>
-[...12 lines deleted...]
-        <v>99</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">