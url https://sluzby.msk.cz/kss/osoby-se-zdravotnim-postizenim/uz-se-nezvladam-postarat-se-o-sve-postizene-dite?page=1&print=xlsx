--- v0 (2025-10-14)
+++ v1 (2026-01-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>BENJAMÍN Krnov, denní stacionář</t>
   </si>
   <si>
     <t>Krnov</t>
   </si>
   <si>
     <t>Sídliště pod Cvilínem 454/54, 79401 Krnov, 734 417 701</t>
   </si>
   <si>
     <t>BETEZDA Komorní Lhotka, domov pro osoby se zdrav. postižením</t>
   </si>
   <si>
     <t>Komorní Lhotka</t>
   </si>
   <si>
@@ -383,60 +383,60 @@
   <si>
     <t>Sociální služba odlehčovací</t>
   </si>
   <si>
     <t>Bohumín, Čavisov, Dolní Lhota, Dolní Lutyně, Horní Lhota, Klimkovice, Olbramice, Ostrava, Rychvald, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Jedličkova 1025/5, 70030 Ostrava 30, 595 705 301</t>
   </si>
   <si>
     <t>Společnost pro ranou péči, pobočka Ostrava</t>
   </si>
   <si>
     <t>Rodinná 2719/57, 70030 Ostrava 30, 774 567 236</t>
   </si>
   <si>
     <t>Středisko pracovní rehabilitace-denní stacionář, o.p.s.</t>
   </si>
   <si>
     <t>Ludvíka Podéště 1874/4, 70800 Ostrava 8, 596 954 480</t>
   </si>
   <si>
     <t>Středisko VÝZVA – odlehčovací služba RESPIT</t>
   </si>
   <si>
-    <t>Bílov, Bohumín, Frýdek-Místek, Havířov, Hlučín, Kobeřice, Ludgeřovice, Sedliště, Stará Ves nad Ondřejnicí, Trnávka, Velká Polom, Vendryně, Vratimov, Vřesina</t>
+    <t>Bílov, Bohumín, Čavisov, Dolní Lhota, Frýdek-Místek, Havířov, Hlučín, Horní Lhota, Klimkovice, Kobeřice, Ludgeřovice, Olbramice, Ostrava, Sedliště, Stará Ves nad Ondřejnicí, Šenov, Trnávka, Václavovice, Velká Polom, Vendryně, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Syllabova 3039/19e, 70300 Ostrava 3, 774 244 259</t>
   </si>
   <si>
     <t>Středisko VÝZVA – osobní asistence OASA</t>
   </si>
   <si>
-    <t>Baška, Bílov, Bohumín, Dobroslavice, Frýdek-Místek, Havířov, Hlučín, Jeseník nad Odrou, Jistebník, Ludgeřovice, Markvartovice, Opava, Orlová, Palkovice, Raškovice, Sedliště, Vendryně, Vratimov</t>
+    <t>Baška, Bílov, Bohumín, Čeladná, Dobroslavice, Frýdek-Místek, Havířov, Hlučín, Jeseník nad Odrou, Jistebník, Klimkovice, Kyjovice, Ludgeřovice, Markvartovice, Morávka, Nošovice, Opava, Orlová, Ostrava, Palkovice, Raškovice, Sedliště, Sviadnov, Vendryně, Vratimov</t>
   </si>
   <si>
     <t>Syllabova 3039/19e, 70300 Ostrava 3, 775 644 245</t>
   </si>
   <si>
     <t>TABITA Český Těšín, odlehčovací služby</t>
   </si>
   <si>
     <t>Albrechtice, Český Těšín, Horní Suchá, Chotěbuz, Těrlicko</t>
   </si>
   <si>
     <t>Třanovského 1758/10, 73701 Český Těšín 1, 739 525 242</t>
   </si>
   <si>
     <t>TABITA Český Těšín, osobní asistence</t>
   </si>
   <si>
     <t>Albrechtice, Český Těšín, Dolní Domaslavice, Dolní Tošanovice, Horní Domaslavice, Horní Suchá, Horní Tošanovice, Chotěbuz, Těrlicko, Třanovice</t>
   </si>
   <si>
     <t>TABITA Jablunkov, odlehčovací služby</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Horní Lomná, Hrádek, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
@@ -474,59 +474,50 @@
     <t>Mánesova 1684/7, 74601 Opava</t>
   </si>
   <si>
     <t>Podané ruce - osobní asistence</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek</t>
   </si>
   <si>
     <t>Domov MIKASA</t>
   </si>
   <si>
     <t>Srbská 856/2a, 70030 Ostrava, 777 881 556</t>
   </si>
   <si>
     <t>EDEN Nový Jičín, odlehčovací služby</t>
   </si>
   <si>
     <t>Bartošovice, Bernartice nad Odrou, Hladké Životice, Hodslavice, Hostašovice, Jeseník nad Odrou, Kunín, Libhošť, Mořkov, Nový Jičín, Rybí, Sedlnice, Starý Jičín, Suchdol nad Odrou, Šenov u Nového Jičína, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Asistenční služba</t>
   </si>
   <si>
     <t>Sokolovská 1761/36, 73506 Karviná, 773 494 545</t>
-  </si>
-[...7 lines deleted...]
-    <t>Charvátská 785, 70030 Ostrava, 599 508 533</t>
   </si>
   <si>
     <t>Charitní středisko Matky Terezy-pečovatelská služba Hrabyně</t>
   </si>
   <si>
     <t>Hrabyně, Mokré Lazce, Velká Polom</t>
   </si>
   <si>
     <t>čp. 201, 74767 Hrabyně, 737 558 112</t>
   </si>
   <si>
     <t>Charitní středisko sv. Anežky České-osobní asistence</t>
   </si>
   <si>
     <t>Budišovice, Hrabyně, Ostrava, Pustá Polom</t>
   </si>
   <si>
     <t>Odlehčovací služba Ondrášek</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Volgogradská 2633/2, 70030 Ostrava, Gurťjevova 459/11, 70030 Ostrava, 602 233 037</t>
   </si>
@@ -891,54 +882,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C72"/>
+  <dimension ref="A1:C71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C72" sqref="C72"/>
+      <selection activeCell="C71" sqref="C71"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1638,106 +1629,95 @@
         <v>22</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2" t="s">
         <v>154</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2" t="s">
         <v>157</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="B68" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="B68" s="2" t="s">
+      <c r="C68" s="2" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2" t="s">
         <v>162</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2" t="s">
         <v>165</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2" t="s">
         <v>168</v>
       </c>
       <c r="B71" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C71" s="2" t="s">
         <v>169</v>
-      </c>
-[...12 lines deleted...]
-        <v>172</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">