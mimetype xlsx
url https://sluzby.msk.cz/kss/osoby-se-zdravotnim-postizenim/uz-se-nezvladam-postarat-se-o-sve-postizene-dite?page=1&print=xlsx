--- v1 (2026-01-14)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>BENJAMÍN Krnov, denní stacionář</t>
   </si>
   <si>
     <t>Krnov</t>
   </si>
   <si>
     <t>Sídliště pod Cvilínem 454/54, 79401 Krnov, 734 417 701</t>
   </si>
   <si>
     <t>BETEZDA Komorní Lhotka, domov pro osoby se zdrav. postižením</t>
   </si>
   <si>
     <t>Komorní Lhotka</t>
   </si>
   <si>
@@ -383,51 +383,51 @@
   <si>
     <t>Sociální služba odlehčovací</t>
   </si>
   <si>
     <t>Bohumín, Čavisov, Dolní Lhota, Dolní Lutyně, Horní Lhota, Klimkovice, Olbramice, Ostrava, Rychvald, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Jedličkova 1025/5, 70030 Ostrava 30, 595 705 301</t>
   </si>
   <si>
     <t>Společnost pro ranou péči, pobočka Ostrava</t>
   </si>
   <si>
     <t>Rodinná 2719/57, 70030 Ostrava 30, 774 567 236</t>
   </si>
   <si>
     <t>Středisko pracovní rehabilitace-denní stacionář, o.p.s.</t>
   </si>
   <si>
     <t>Ludvíka Podéště 1874/4, 70800 Ostrava 8, 596 954 480</t>
   </si>
   <si>
     <t>Středisko VÝZVA – odlehčovací služba RESPIT</t>
   </si>
   <si>
-    <t>Bílov, Bohumín, Čavisov, Dolní Lhota, Frýdek-Místek, Havířov, Hlučín, Horní Lhota, Klimkovice, Kobeřice, Ludgeřovice, Olbramice, Ostrava, Sedliště, Stará Ves nad Ondřejnicí, Šenov, Trnávka, Václavovice, Velká Polom, Vendryně, Vratimov, Vřesina, Zbyslavice</t>
+    <t>Čavisov, Dolní Lhota, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Syllabova 3039/19e, 70300 Ostrava 3, 774 244 259</t>
   </si>
   <si>
     <t>Středisko VÝZVA – osobní asistence OASA</t>
   </si>
   <si>
     <t>Baška, Bílov, Bohumín, Čeladná, Dobroslavice, Frýdek-Místek, Havířov, Hlučín, Jeseník nad Odrou, Jistebník, Klimkovice, Kyjovice, Ludgeřovice, Markvartovice, Morávka, Nošovice, Opava, Orlová, Ostrava, Palkovice, Raškovice, Sedliště, Sviadnov, Vendryně, Vratimov</t>
   </si>
   <si>
     <t>Syllabova 3039/19e, 70300 Ostrava 3, 775 644 245</t>
   </si>
   <si>
     <t>TABITA Český Těšín, odlehčovací služby</t>
   </si>
   <si>
     <t>Albrechtice, Český Těšín, Horní Suchá, Chotěbuz, Těrlicko</t>
   </si>
   <si>
     <t>Třanovského 1758/10, 73701 Český Těšín 1, 739 525 242</t>
   </si>
   <si>
     <t>TABITA Český Těšín, osobní asistence</t>
   </si>
@@ -492,53 +492,50 @@
     <t>Bartošovice, Bernartice nad Odrou, Hladké Životice, Hodslavice, Hostašovice, Jeseník nad Odrou, Kunín, Libhošť, Mořkov, Nový Jičín, Rybí, Sedlnice, Starý Jičín, Suchdol nad Odrou, Šenov u Nového Jičína, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Asistenční služba</t>
   </si>
   <si>
     <t>Sokolovská 1761/36, 73506 Karviná, 773 494 545</t>
   </si>
   <si>
     <t>Charitní středisko Matky Terezy-pečovatelská služba Hrabyně</t>
   </si>
   <si>
     <t>Hrabyně, Mokré Lazce, Velká Polom</t>
   </si>
   <si>
     <t>čp. 201, 74767 Hrabyně, 737 558 112</t>
   </si>
   <si>
     <t>Charitní středisko sv. Anežky České-osobní asistence</t>
   </si>
   <si>
     <t>Budišovice, Hrabyně, Ostrava, Pustá Polom</t>
   </si>
   <si>
     <t>Odlehčovací služba Ondrášek</t>
-  </si>
-[...1 lines deleted...]
-    <t>Čavisov, Dolní Lhota, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Volgogradská 2633/2, 70030 Ostrava, Gurťjevova 459/11, 70030 Ostrava, 602 233 037</t>
   </si>
   <si>
     <t>Pečovatelská služba</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Fulnek, Heřmanice u Oder, Heřmánky, Hladké Životice, Jakubčovice nad Odrou, jiná obec v ČR, Kružberk, Kujavy, Luboměř, Mankovice, Melč, Moravice, Nové Lublice, Odry, Radkov, Spálov, Staré Těchanovice, Suchdol nad Odrou, Svatoňovice, Větřkovice, Vítkov, Vrchy</t>
   </si>
   <si>
     <t>Pivovarská 317, 74787 Budišov nad Budišovkou, 605 467 813, Masarykova 390, 74245 Fulnek 1, 605 467 813, Hranická 1110/32, 74235 Odry, 731 075 802, Lidická 608, 74901 Vítkov 1, 605 467 813</t>
   </si>
   <si>
     <t>Sociální poradna ANIMA VIVA o.s.</t>
   </si>
   <si>
     <t>Hlučín, Kravaře, Opava, Vítkov</t>
   </si>
   <si>
     <t>Sušilova 1751/1, 74601 Opava 1, 739 404 544</t>
   </si>
   <si>
     <t>Domov pro osoby se zdravotním postižením PONTOS</t>
   </si>
@@ -1637,87 +1634,87 @@
         <v>154</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2" t="s">
         <v>157</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2" t="s">
         <v>159</v>
       </c>
       <c r="B68" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="C68" s="2" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="B69" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="B69" s="2" t="s">
+      <c r="C69" s="2" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="B70" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="B70" s="2" t="s">
+      <c r="C70" s="2" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">