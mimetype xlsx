--- v0 (2025-12-15)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Benjamín, příspěvková organizace</t>
   </si>
   <si>
     <t>Karviná, Petřvald</t>
   </si>
   <si>
     <t>Vydmuchov 1834/10a, 73301 Karviná, 596 541 149, Modrá 1705, 73541 Petřvald u Karviné, 596 541 149</t>
   </si>
   <si>
     <t>BETEZDA Komorní Lhotka, domov pro osoby se zdrav. postižením</t>
   </si>
   <si>
     <t>Komorní Lhotka</t>
   </si>
   <si>
@@ -222,59 +222,50 @@
     <t>Litultovice</t>
   </si>
   <si>
     <t>Deštné 68, 74755 Litultovice, 553 663 962</t>
   </si>
   <si>
     <t>Havířov</t>
   </si>
   <si>
     <t>Moskevská 1588/7a, 73601 Havířov</t>
   </si>
   <si>
     <t>Domov pro osoby se zdravotním postižením PONTOS</t>
   </si>
   <si>
     <t>Blahoslavova 1177/15 b, 79401 Krnov, 774 649 015, Blahoslavova 1176/15 a, 79401 Krnov, 774 649 015, Blahoslavova 1175/15, 79401 Krnov, 774 649 015</t>
   </si>
   <si>
     <t>Mánesova 1684/7, 74601 Opava</t>
   </si>
   <si>
     <t>Domov MIKASA</t>
   </si>
   <si>
     <t>Srbská 856/2a, 70030 Ostrava, 777 881 556</t>
-  </si>
-[...7 lines deleted...]
-    <t>Charvátská 785, 70030 Ostrava, 599 508 533</t>
   </si>
   <si>
     <t>Občanská poradna</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek, 773 173 604</t>
   </si>
   <si>
     <t>Odborné sociální poradenství pro seniory</t>
   </si>
   <si>
     <t>Moskevská 1103/1f, 73601 Havířov, 596 477 320</t>
   </si>
   <si>
     <t>Poradenské středisko pro rodinu a dítě "RaD"</t>
   </si>
   <si>
     <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
   </si>
   <si>
     <t>Atriová 1297/5, 73601 Havířov, 596 885 678</t>
   </si>
@@ -804,54 +795,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C54"/>
+  <dimension ref="A1:C53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C54" sqref="C54"/>
+      <selection activeCell="C53" sqref="C53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1130,62 +1121,62 @@
         <v>68</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2" t="s">
         <v>70</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B29" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C29" s="2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B30" s="2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>83</v>
@@ -1306,153 +1297,142 @@
         <v>114</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2" t="s">
         <v>117</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>118</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B45" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C45" s="2" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="B46" s="2" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>126</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="B48" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="B48" s="2" t="s">
+      <c r="C48" s="2" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>131</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2" t="s">
         <v>133</v>
       </c>
       <c r="B50" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C50" s="2" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="B52" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C52" s="2" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B53" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C53" s="2" t="s">
         <v>140</v>
-      </c>
-[...15 lines deleted...]
-        <v>143</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">