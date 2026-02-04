--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -23,59 +23,50 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
-    <t>Charitní hospicová poradna a poradna pro pečující</t>
-[...7 lines deleted...]
-  <si>
     <t>Občanská poradna</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek, 773 173 604</t>
   </si>
   <si>
     <t>Poradenské středisko pro rodinu a dítě "RaD"</t>
   </si>
   <si>
     <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
   </si>
   <si>
     <t>Atriová 1297/5, 73601 Havířov, 596 885 678</t>
   </si>
   <si>
     <t>Sociální poradna ANIMA VIVA o.s.</t>
   </si>
   <si>
     <t>Hlučín, Kravaře, Opava, Vítkov</t>
   </si>
   <si>
     <t>Sušilova 1751/1, 74601 Opava 1, 739 404 544</t>
@@ -156,50 +147,59 @@
     <t>Sociální služby Bystřice</t>
   </si>
   <si>
     <t>Bystřice</t>
   </si>
   <si>
     <t>Bystřice 1317, 73995 Bystřice nad Olší, 702 097 304</t>
   </si>
   <si>
     <t>Charitní pečovatelská služba</t>
   </si>
   <si>
     <t>Bystřice, Nýdek, Řeka, Smilovice, Střítež, Třinec, Vendryně</t>
   </si>
   <si>
     <t>Lánská 128, 73961 Třinec, 734 115 925</t>
   </si>
   <si>
     <t>Dům s pečovatelskou službou</t>
   </si>
   <si>
     <t>Jindřichov</t>
   </si>
   <si>
     <t>Jindřichov 172, 79383 Jindřichov, 554 641 744</t>
+  </si>
+  <si>
+    <t>Domov Vesalius, z. ú.</t>
+  </si>
+  <si>
+    <t>Branka u Opavy, Bratříkovice, Brumovice, Budišovice, Dolní Životice, Háj ve Slezsku, Hlavnice, Hlubočec, Hněvošice, Holasovice, Hrabyně, Hradec nad Moravicí, Chlebičov, Chvalíkovice, Jakartovice, Jezdkovice, Kyjovice, Lhotka u Litultovic, Litultovice, Mikolajice, Mladecko, Mokré Lazce, Neplachovice, Nové Sedlice, Oldřišov, Opava, Otice, Pustá Polom, Raduň, Skřipov, Slavkov, Služovice, Sosnová, Stěbořice, Štáblovice, Štítina, Těškovice, Uhlířov, Velké Heraltice, Velké Hoštice, Vršovice</t>
+  </si>
+  <si>
+    <t>Sušilova 1751/1, 74601 Opava, 597 457 877</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>