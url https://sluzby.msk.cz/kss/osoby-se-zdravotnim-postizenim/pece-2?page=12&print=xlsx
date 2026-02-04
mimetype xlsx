--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="463">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="465">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Benjamín, příspěvková organizace</t>
   </si>
   <si>
     <t>Karviná, Petřvald</t>
   </si>
   <si>
     <t>Vydmuchov 1834/10a, 73301 Karviná, 596 541 149, Modrá 1705, 73541 Petřvald u Karviné, 596 541 149</t>
   </si>
   <si>
     <t>BETEZDA Komorní Lhotka, domov pro osoby se zdrav. postižením</t>
   </si>
   <si>
     <t>Komorní Lhotka</t>
   </si>
   <si>
@@ -236,51 +236,51 @@
   <si>
     <t>Havířov</t>
   </si>
   <si>
     <t>Moskevská 1588/7a, 73601 Havířov</t>
   </si>
   <si>
     <t>Domov pro osoby se zdravotním postižením PONTOS</t>
   </si>
   <si>
     <t>Blahoslavova 1177/15 b, 79401 Krnov, 774 649 015, Blahoslavova 1176/15 a, 79401 Krnov, 774 649 015, Blahoslavova 1175/15, 79401 Krnov, 774 649 015</t>
   </si>
   <si>
     <t>Mánesova 1684/7, 74601 Opava</t>
   </si>
   <si>
     <t>Domov MIKASA</t>
   </si>
   <si>
     <t>Srbská 856/2a, 70030 Ostrava, 777 881 556</t>
   </si>
   <si>
     <t>ARCHA Český Těšín, chráněné bydlení</t>
   </si>
   <si>
-    <t>Dukelská 2096/5a, 73701 Český Těšín, 731 514 698</t>
+    <t>Dukelská 263/7, 73701 Český  Těšín, 731 514 698, Hrabinská 496/19a, 73701 Český  Těšín, 731 514 698, Dukelská 2096/5a, 73701 Český Těšín, 731 514 698</t>
   </si>
   <si>
     <t>ARCHA Nový Jičín, chráněné bydlení</t>
   </si>
   <si>
     <t>Nový Jičín</t>
   </si>
   <si>
     <t>U Jičínky 2007/25, 74101 Nový Jičín, 604 228 205, Beskydská 142, 74101 Nový Jičín, 734 643 233</t>
   </si>
   <si>
     <t>ARCHA Ostrava, chráněné bydlení</t>
   </si>
   <si>
     <t>Ke Kamenině 178/17, 71100 Ostrava, 731 670 763</t>
   </si>
   <si>
     <t>ARCHA Široká Niva, chráněné bydlení</t>
   </si>
   <si>
     <t>Široká Niva</t>
   </si>
   <si>
     <t>Široká Niva 206, 79201 Široká Niva, 737 518 168, Široká Niva 207, 79201 Široká Niva, 737 518 168, Široká Niva 208, 79201 Široká Niva, 737 518 168, Široká Niva 209, 79201 Široká Niva, 737 518 168, Široká Niva 210, 79201 Široká Niva, 737 518 168, Široká Niva 211, 79201 Široká Niva, 737 518 168</t>
   </si>
@@ -443,128 +443,113 @@
   <si>
     <t>Sagapo CHB</t>
   </si>
   <si>
     <t>Hybešova 2068/2, 79201 Bruntál 1, 554 719 009, 605 263 884, Zeyerova 1929/18, 79201 Bruntál 1, 554 719 009, 605 263 884</t>
   </si>
   <si>
     <t>Opava, Velké Hoštice</t>
   </si>
   <si>
     <t>Dostojevského 1594/15, 74601 Opava 1, 553 711 803, Švestková 1372/32, 74706 Opava 6, 553 711 803, Pekliska 53, 74731 Velké Hoštice, 553 711 803</t>
   </si>
   <si>
     <t>ŽIRAFA-Integrované centrum Frýdek-Místek, příspěvková organizace</t>
   </si>
   <si>
     <t>Fibichova 469, 73801 Frýdek-Místek 1, 558 431 563</t>
   </si>
   <si>
     <t>GALAXIE CENTRUM POMOCI z.ú.</t>
   </si>
   <si>
     <t>Kašparova 2978/1, 73301 Hranice</t>
   </si>
   <si>
-    <t>Charitní hospicová poradna a poradna pro pečující</t>
-[...7 lines deleted...]
-  <si>
     <t>Občanská poradna</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek, 773 173 604</t>
   </si>
   <si>
     <t>Občanská poradna Opava</t>
   </si>
   <si>
     <t>Opava, Slavkov</t>
   </si>
   <si>
     <t>Kylešovská 835/10, 74601 Opava, 731 316 552, Zámecká 156, 74757 Slavkov u Opavy, 731 316 552</t>
   </si>
   <si>
-    <t>Občanská poradna Nový Jičín</t>
+    <t>Občanská poradna Novojičínsko</t>
   </si>
   <si>
     <t>Kopřivnice, Nový Jičín, Příbor</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 556 879 634, Sokolovská 617/9, 74101 Nový Jičín, 556 709 403, náměstí Sigmunda Freuda 19, 74258 Příbor, 556 709 403</t>
   </si>
   <si>
     <t>Občanská poradna v Bohumíně</t>
   </si>
   <si>
     <t>Štefánikova 957, 73581 Bohumín, 734 645 275</t>
   </si>
   <si>
     <t>Odborné sociální poradenství v Kontaktním centru Anabell Ostrava</t>
   </si>
   <si>
     <t>Pivovarská 4/10, 70200 Ostrava, 602 236 457</t>
   </si>
   <si>
     <t>Poradenské a informační centrum - odborné sociální poradenství</t>
   </si>
   <si>
     <t>Klimkovice, Ostrava, Petřvald, Šenov, Vratimov</t>
   </si>
   <si>
     <t>Holvekova 204/44, 71800 Ostrava 18, 734 875 532, Puchmajerova 980/10, 70200 Ostrava 2, 734 875 532, Plzeňská 2617/6, 70030 Ostrava 30, 734 875 532</t>
   </si>
   <si>
     <t>Poradenské centrum</t>
   </si>
   <si>
-    <t>Bílá, Čeladná, Frýdlant nad Ostravicí, Malenovice, Pržno, Pstruží</t>
+    <t>Baška, Bílá, Čeladná, Dobrá, Frýdlant nad Ostravicí, Janovice, Lučina, Malenovice, Ostravice, Pazderna, Pržno, Pstruží, Raškovice, Staré Hamry</t>
   </si>
   <si>
     <t>Náměstí 3, 73911 Frýdlant nad Ostravicí, 737 627 872, Padlých hrdinů 312, 73911 Frýdlant nad Ostravicí, 737 627 872</t>
   </si>
   <si>
     <t>Poradenské středisko pro rodinu a dítě "RaD"</t>
   </si>
   <si>
     <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
   </si>
   <si>
     <t>Atriová 1297/5, 73601 Havířov, 596 885 678</t>
   </si>
   <si>
-    <t>Poradna pro osoby se zdravotním postižením Nový Jičín</t>
-[...4 lines deleted...]
-  <si>
     <t>Poradna pro osoby se zdravotním postižením Opava</t>
   </si>
   <si>
     <t>Bruntál, Krnov, Opava</t>
   </si>
   <si>
     <t>Liptovská 1045/21, 74706 Opava, 553 734 109</t>
   </si>
   <si>
     <t>Poradna pro osoby se zdravotním postižením Ostravsko a Frýdecko-Místecko</t>
   </si>
   <si>
     <t>Frýdek-Místek, Ostrava</t>
   </si>
   <si>
     <t>Kolaříkova 2185, 73801 Místek, Bieblova 2922/3, 70200 Ostrava 2, 596 115 318</t>
   </si>
   <si>
     <t>Poradna sv. Alexandra</t>
   </si>
   <si>
     <t>Františka Formana 251/13, 70030 Ostrava, 731 625 840</t>
   </si>
   <si>
     <t>Sociální poradna ANIMA VIVA o.s.</t>
@@ -698,80 +683,71 @@
   <si>
     <t>Čavisov, Dolní Lhota, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Volgogradská 2633/2, 70030 Ostrava, Gurťjevova 459/11, 70030 Ostrava, 602 233 037</t>
   </si>
   <si>
     <t>Odlehčovací služby</t>
   </si>
   <si>
     <t>Okružní 1779/16, 79201 Bruntál, 555 530 827, 603 873 428</t>
   </si>
   <si>
     <t>Frýdlant nad Ostravicí</t>
   </si>
   <si>
     <t>Padlých hrdinů 312, 73911 Frýdlant nad Ostravicí, 558 441 611</t>
   </si>
   <si>
     <t>Bílá, Čeladná, Dobrá, Frýdlant nad Ostravicí, Janovice, Kozlovice, Kunčice pod Ondřejníkem, Lhotka, Malenovice, Metylovice, Ostravice, Pržno, Pstruží, Staré Hamry</t>
   </si>
   <si>
     <t>Náměstí 6, 73911 Frýdlant nad Ostravicí, 603 980 386</t>
   </si>
   <si>
-    <t>Penzion pro seniory</t>
-[...4 lines deleted...]
-  <si>
     <t>Atriová 1297/5, 73601 Havířov, 724 538 804</t>
   </si>
   <si>
     <t>SILOE Ostrava, odlehčovací služby</t>
   </si>
   <si>
     <t>Rolnická 55/360, 70900 Ostrava 9, 733 142 425</t>
   </si>
   <si>
     <t>Sociální služba odlehčovací</t>
   </si>
   <si>
     <t>Bohumín, Čavisov, Dolní Lhota, Dolní Lutyně, Horní Lhota, Klimkovice, Olbramice, Ostrava, Rychvald, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Jedličkova 1025/5, 70030 Ostrava 30, 595 705 301</t>
   </si>
   <si>
     <t>Středisko VÝZVA – odlehčovací služba RESPIT</t>
   </si>
   <si>
-    <t>Bílov, Bohumín, Frýdek-Místek, Havířov, Hlučín, Kobeřice, Ludgeřovice, Sedliště, Stará Ves nad Ondřejnicí, Trnávka, Velká Polom, Vendryně, Vratimov, Vřesina</t>
-[...1 lines deleted...]
-  <si>
     <t>Syllabova 3039/19e, 70300 Ostrava 3, 774 244 259</t>
   </si>
   <si>
     <t>TABITA Český Těšín, odlehčovací služby</t>
   </si>
   <si>
     <t>Albrechtice, Český Těšín, Horní Suchá, Chotěbuz, Těrlicko</t>
   </si>
   <si>
     <t>Třanovského 1758/10, 73701 Český Těšín 1, 739 525 242</t>
   </si>
   <si>
     <t>TABITA Jablunkov, odlehčovací služby</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Horní Lomná, Hrádek, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
   <si>
     <t>Dukelská 108, 73991 Jablunkov, 558 713 772, 739 525 242</t>
   </si>
   <si>
     <t>TABITA Třinec, odlehčovací služby</t>
   </si>
   <si>
     <t>Bystřice, Hnojník, Nýdek, Ropice, Střítež, Třinec, Vělopolí, Vendryně</t>
@@ -800,54 +776,57 @@
   <si>
     <t>Družstevní 1058/15, 74723 Bolatice</t>
   </si>
   <si>
     <t>EDEN Nový Jičín, odlehčovací služby</t>
   </si>
   <si>
     <t>Bartošovice, Bernartice nad Odrou, Hladké Životice, Hodslavice, Hostašovice, Jeseník nad Odrou, Kunín, Libhošť, Mořkov, Nový Jičín, Rybí, Sedlnice, Starý Jičín, Suchdol nad Odrou, Šenov u Nového Jičína, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Beskydská 274, 74101 Nový Jičín, 733 142 416</t>
   </si>
   <si>
     <t>Integrovaný sociální ústav Komorní Lhotka čp. 184, příspěvková organizace</t>
   </si>
   <si>
     <t>čp. 184, 73953 Hnojník</t>
   </si>
   <si>
     <t>OASA nezisková</t>
   </si>
   <si>
     <t>Dohnálkova 3052/15, 74601 Opava</t>
   </si>
   <si>
+    <t>Průběžná 6249/80, 70800 Ostrava, 555 131 660</t>
+  </si>
+  <si>
     <t>Adámkova vila, Osobní asistence, z.ú.</t>
   </si>
   <si>
-    <t>Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
+    <t>Dobrá, Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
   </si>
   <si>
     <t>Raškovice 28, 73904 Pražmo, 730 820 129</t>
   </si>
   <si>
     <t>Asistenční služba</t>
   </si>
   <si>
     <t>Sokolovská 1761/36, 73506 Karviná, 773 494 545</t>
   </si>
   <si>
     <t>Diakonie ČCE středisko v Rýmařově</t>
   </si>
   <si>
     <t>Břidličná, Dolní Moravice, Horní Město, Jiříkov, Rýmařov, Ryžoviště, Stará Ves, Tvrdkov, Velká Štáhle</t>
   </si>
   <si>
     <t>Lidická 1328/14, 79501 Rýmařov, 554 211 294</t>
   </si>
   <si>
     <t>Charitní asistence</t>
   </si>
   <si>
     <t>Albrechtice, Český Těšín, Dolní Domaslavice, Dolní Tošanovice, Hnojník, Horní Bludovice, Horní Domaslavice, Horní Suchá, Horní Tošanovice, Chotěbuz, Komorní Lhotka, Petrovice u Karviné, Ropice, Soběšovice, Stonava, Těrlicko, Třanovice, Vělopolí</t>
   </si>
@@ -872,125 +851,155 @@
   <si>
     <t>Charitní středisko sv. Anežky České-osobní asistence</t>
   </si>
   <si>
     <t>Budišovice, Hrabyně, Ostrava, Pustá Polom</t>
   </si>
   <si>
     <t>čp. 201, 74767 Hrabyně, 737 558 112</t>
   </si>
   <si>
     <t>Bílovec, Tísek, Velké Albrechtice</t>
   </si>
   <si>
     <t>Slezské náměstí 1/1, 74301 Bílovec, 739 379 001</t>
   </si>
   <si>
     <t>Osobní asistence</t>
   </si>
   <si>
     <t>Hnojník, Komorní Lhotka, Košařiska, Nýdek, Ropice, Řeka, Smilovice, Střítež, Třinec, Vělopolí</t>
   </si>
   <si>
     <t>Máchova 1134, 73961 Třinec, 558 332 167</t>
   </si>
   <si>
+    <t>Bohumín, Dolní Lutyně, Rychvald</t>
+  </si>
+  <si>
     <t>Masarykova 365, 73551 Bohumín, 596 092 502</t>
   </si>
   <si>
     <t>osobní asistence</t>
   </si>
   <si>
     <t>Bělá, Bohuslavice, Bolatice, Darkovice, Dolní Benešov, Háj ve Slezsku, Hať, Hlučín, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kozmice, Kravaře, Markvartovice, Mokré Lazce, Nové Sedlice, Oldřišov, Opava, Píšť, Raduň, Rohov, Služovice, Strahovice, Sudice, Šilheřovice, Štěpánkovice, Štítina, Třebom, Velké Hoštice, Vřesina, Závada</t>
   </si>
   <si>
     <t>Hlučínská 739, 74727 Kobeřice</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek, 778 500 159, Českobratrská 230/26, 70200 Ostrava 2, 777 011 934</t>
   </si>
   <si>
     <t>Čavisov, Děhylov, Dobroslavice, Dolní Lhota, Janovice, Klimkovice, Markvartovice, Olbramice, Ostrava, Petřvald, Rychvald, Studénka, Šenov, Václavovice, Vřesina</t>
   </si>
   <si>
     <t>Patrice Lumumby 2608, 70030 Ostrava, 604 600 029</t>
   </si>
   <si>
     <t>Osobní asistence Novojičínsko</t>
   </si>
   <si>
     <t>Albrechtičky, Bartošovice, Bernartice nad Odrou, Bílov, Bílovec, Bítov, Bordovice, Bravantice, Frenštát pod Radhoštěm, Fulnek, Heřmanice u Oder, Heřmánky, Hladké Životice, Hodslavice, Hostašovice, Jakubčovice nad Odrou, Jeseník nad Odrou, Jistebník, Kateřinice, Kopřivnice, Kujavy, Kunín, Libhošť, Lichnov, Luboměř, Mankovice, Mořkov, Mošnov, Nový Jičín, Odry, Petřvald, Příbor, Pustějov, Rybí, Sedlnice, Skotnice, Slatina, Spálov, Starý Jičín, Studénka, Suchdol nad Odrou, Šenov u Nového Jičína, Štramberk, Tichá, Tísek, Trnávka, Trojanovice, Velké Albrechtice, Veřovice, Vražné, Vrchy, Závišice, Ženklava, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 556 879 634, Sokolovská 617/9, 74101 Nový Jičín, 556 709 403</t>
   </si>
   <si>
     <t>Osobní asistence Opavsko</t>
   </si>
   <si>
-    <t>Bílčice, Bohuslavice, Bolatice, Branka u Opavy, Brantice, Bratříkovice, Brumovice, Bruntál, Březová, Břidličná, Budišovice, Býkov-Láryšov, Čaková, Dětřichov nad Bystřicí, Dlouhá Stráň, Dobroslavice, Dolní Benešov, Dolní Moravice, Dolní Životice, Dvorce, Háj ve Slezsku, Heřmanovice, Hlavnice, Hlinka, Hlubočec, Hněvošice, Holasovice, Holčovice, Horní Benešov, Horní Město, Horní Životice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Chlebičov, Chuchelná, Chvalíkovice, Jakartovice, Jezdkovice, Jiříkov, Karlova Studánka, Karlovice, Kobeřice, Kozmice, Krasov, Kravaře, Kružberk, Křišťanovice, Kyjovice, Leskovec nad Moravicí, Lhotka u Litultovic, Litultovice, Lomnice, Ludvíkov, Malá Morávka, Malá Štáhle, Melč, Město Albrechtice, Mezina, Mikolajice, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Moravskoslezský Kočov, Neplachovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Oborná, Oldřišov, Opava, Otice, Píšť, Pustá Polom, Radkov, Raduň, Razová, Rohov, Roudno, Rudná pod Pradědem, Ryžoviště, Skřipov, Slavkov, Služovice, Sosnová, Stará Ves, Staré Heřminovy, Staré Těchanovice, Stěbořice, Strahovice, Sudice, Světlá Hora, Svobodné Heřmanice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Těškovice, Třebom, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Valšov, Velká Štáhle, Velké Heraltice, Velké Hoštice, Vršovice, Vysoká, Zátor</t>
+    <t>Andělská Hora, Bělá, Bílčice, Bohuslavice, Bolatice, Branka u Opavy, Brantice, Bratříkovice, Brumovice, Bruntál, Březová, Břidličná, Budišovice, Býkov-Láryšov, Čaková, Dětřichov nad Bystřicí, Dlouhá Stráň, Dobroslavice, Dolní Benešov, Dolní Moravice, Dolní Životice, Dvorce, Háj ve Slezsku, Heřmanovice, Hlavnice, Hlinka, Hlubočec, Hněvošice, Holasovice, Holčovice, Horní Benešov, Horní Město, Horní Životice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Chlebičov, Chuchelná, Chvalíkovice, Jakartovice, Jezdkovice, Jiříkov, Karlova Studánka, Karlovice, Kobeřice, Kozmice, Krasov, Kravaře, Krnov, Kružberk, Křišťanovice, Kyjovice, Leskovec nad Moravicí, Lhotka u Litultovic, Lichnov, Litultovice, Lomnice, Ludvíkov, Malá Morávka, Malá Štáhle, Melč, Město Albrechtice, Mezina, Mikolajice, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Moravskoslezský Kočov, Neplachovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Oborná, Oldřišov, Opava, Otice, Píšť, Pustá Polom, Radkov, Raduň, Razová, Rohov, Roudno, Rudná pod Pradědem, Ryžoviště, Skřipov, Slavkov, Služovice, Sosnová, Stará Ves, Staré Heřminovy, Staré Město, Staré Těchanovice, Stěbořice, Strahovice, Sudice, Světlá Hora, Svobodné Heřmanice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Těškovice, Třebom, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Valšov, Velká Štáhle, Velké Heraltice, Velké Hoštice, Vrbno pod Pradědem, Vršovice, Vřesina, Vysoká, Zátor, Závada</t>
   </si>
   <si>
     <t>Osobní asistence Ostravsko</t>
   </si>
   <si>
+    <t>Baška, Brušperk, Bruzovice, Čavisov, Čeladná, Darkovice, Děhylov, Dobrá, Dobratice, Dolní Domaslavice, Dolní Lhota, Dolní Tošanovice, Fryčovice, Frýdek-Místek, Hať, Hlučín, Hnojník, Horní Domaslavice, Horní Lhota, Horní Tošanovice, Hukvaldy, Janovice, Kaňovice, Klimkovice, Komorní Lhotka, Kozlovice, Krásná, Krmelín, Kunčice pod Ondřejníkem, Lhotka, Lučina, Ludgeřovice, Malenovice, Markvartovice, Metylovice, Morávka, Nižní Lhoty, Nošovice, Olbramice, Ostrava, Ostravice, Palkovice, Paskov, Pazderna, Písek, Pražmo, Pržno, Pstruží, Raškovice, Řeka, Řepiště, Sedliště, Smilovice, Soběšovice, Stará Ves nad Ondřejnicí, Staré Město, Staříč, Střítež, Sviadnov, Šenov, Šilheřovice, Třanovice, Václavovice, Velká Polom, Vělopolí, Vojkovice, Vratimov, Vřesina, Vyšní Lhoty, Zbyslavice, Žabeň, Žermanice</t>
+  </si>
+  <si>
     <t>Bieblova 2922/3, 70200 Ostrava, 596 115 318</t>
   </si>
   <si>
+    <t>Pečovatelská služba Hrabyně, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Hrabyně</t>
+  </si>
+  <si>
+    <t>Hrabyně 207, 74767 Hrabyně, 727 977 205</t>
+  </si>
+  <si>
     <t>Středisko VÝZVA – osobní asistence OASA</t>
   </si>
   <si>
-    <t>Baška, Bílov, Bohumín, Dobroslavice, Frýdek-Místek, Havířov, Hlučín, Jeseník nad Odrou, Jistebník, Ludgeřovice, Markvartovice, Opava, Orlová, Palkovice, Raškovice, Sedliště, Vendryně, Vratimov</t>
+    <t>Baška, Bílov, Bohumín, Čeladná, Dobroslavice, Frýdek-Místek, Havířov, Hlučín, Jeseník nad Odrou, Jistebník, Klimkovice, Kyjovice, Ludgeřovice, Markvartovice, Morávka, Nošovice, Opava, Orlová, Ostrava, Palkovice, Raškovice, Sedliště, Sviadnov, Vendryně, Vratimov</t>
   </si>
   <si>
     <t>Syllabova 3039/19e, 70300 Ostrava 3, 775 644 245</t>
   </si>
   <si>
     <t>TABITA Český Těšín, osobní asistence</t>
   </si>
   <si>
     <t>Albrechtice, Český Těšín, Dolní Domaslavice, Dolní Tošanovice, Horní Domaslavice, Horní Suchá, Horní Tošanovice, Chotěbuz, Těrlicko, Třanovice</t>
   </si>
   <si>
     <t>TABITA Jablunkov, osobní asistence</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
   <si>
     <t>TABITA Třinec, osobní asistence</t>
   </si>
   <si>
     <t>Bystřice, Hnojník, Nýdek, Ropice, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
   </si>
   <si>
     <t>Podané ruce - osobní asistence</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek</t>
   </si>
   <si>
+    <t>Sociální služby města Orlová, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Adamusova 1269, 73514 Orlová</t>
+  </si>
+  <si>
+    <t>Charita Odry</t>
+  </si>
+  <si>
+    <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Fulnek, Heřmanice u Oder, Heřmánky, Jakubčovice nad Odrou, Kružberk, Luboměř, Mankovice, Melč, Moravice, Nové Lublice, Odry, Radkov, Spálov, Staré Těchanovice, Svatoňovice, Větřkovice, Vítkov, Vražné, Vrchy</t>
+  </si>
+  <si>
+    <t>Hranická 162/36, 74235 Odry, 604 645 350</t>
+  </si>
+  <si>
     <t>Centrum sociálních služeb Český Těšín, příspěvková organizace</t>
   </si>
   <si>
     <t>Sokolovská 1997, 73701 Český Těšín, 737 611 773</t>
   </si>
   <si>
     <t>ELIM Ostrava, pečovatelská služba</t>
   </si>
   <si>
     <t>Štramberská 2871/47, 70300 Ostrava, 605 292 993</t>
   </si>
   <si>
     <t>ELIM Stonava, pečovatelská služba</t>
   </si>
   <si>
     <t>Stonava</t>
   </si>
   <si>
     <t>čp. 1080, 73534 Stonava, 731 425 112</t>
   </si>
   <si>
     <t>Fany DK s.r.o.</t>
   </si>
   <si>
     <t>Bartošovice, Bernartice nad Odrou, Hladké Životice, Hodslavice, Hostašovice, Jeseník nad Odrou, Kunín, Libhošť, Mořkov, Nový Jičín, Rybí, Sedlnice, Starý Jičín, Suchdol nad Odrou, Šenov u Nového Jičína</t>
@@ -1079,51 +1088,51 @@
   <si>
     <t>Chráněné byty - Dolní Lomná, okr. Frýdek-Místek</t>
   </si>
   <si>
     <t>Dolní Lomná</t>
   </si>
   <si>
     <t>Dolní Lomná 291, 73991 Jablunkov, 558 358 720</t>
   </si>
   <si>
     <t>Město Petřvald</t>
   </si>
   <si>
     <t>Petřvald</t>
   </si>
   <si>
     <t>náměstí Gen. Vicherka 2511, 73541 Petřvald, 596 542 905</t>
   </si>
   <si>
     <t>Masarykova 365 365, 73581 Bohumín 1, 596 092 502, 987 654 321</t>
   </si>
   <si>
     <t>Pečovatelská služba</t>
   </si>
   <si>
-    <t>Albrechtičky, Bílovec, Bítov, Bravantice, Brušperk, Budišovice, Čavisov, Dolní Lhota, Hlubočec, Horní Lhota, Hrabyně, Jistebník, Kateřinice, Klimkovice, Kyjovice, Lhotka, Mošnov, Nové Sedlice, Olbramice, Ostrava, Otice, Petřvald, Pustá Polom, Raduň, Skřipov, Slatina, Stará Ves nad Ondřejnicí, Těškovice, Tísek, Trnávka, Velká Polom, Velké Albrechtice, Zbyslavice</t>
+    <t>Albrechtičky, Bílov, Bílovec, Bítov, Bravantice, Brušperk, Budišovice, Čavisov, Dolní Lhota, Hlubočec, Horní Lhota, Hrabyně, Jistebník, Kateřinice, Klimkovice, Krmelín, Kyjovice, Lhotka, Mošnov, Nové Sedlice, Olbramice, Ostrava, Otice, Petřvald, Pustá Polom, Raduň, Skřipov, Slatina, Stará Ves nad Ondřejnicí, Těškovice, Tísek, Trnávka, Velká Polom, Velké Albrechtice, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Lidická 217, 74283 Klimkovice, 739 424 175, Jahnova 867/12, 70900 Ostrava 9, 739 424 175</t>
   </si>
   <si>
     <t>Průběžná 6222/122, 70800 Ostrava 8, 555 131 673</t>
   </si>
   <si>
     <t>Okružní 287/14, 79201 Bruntál</t>
   </si>
   <si>
     <t>pečovatelská služba</t>
   </si>
   <si>
     <t>Hlučínská 739, 74727 Kobeřice, 606 168 192</t>
   </si>
   <si>
     <t>Andělská Hora, Bruntál, Heřmanovice, Holčovice, Horní Benešov, Ludvíkov, Město Albrechtice, Milotice nad Opavou, Osoblaha, Staré Město, Světlá Hora, Vrbno pod Pradědem</t>
   </si>
   <si>
     <t>U Rybníka 1568/4, 79201 Bruntál 1, 733 535 580, Svobody 428, 79312 Horní Benešov, 733 535 580, Nemocniční 767/6, 79395 Město Albrechtice, 733 535 580, Světlá 433, 79331 Světlá Hora, 733 535 580, Husova 626, 79326 Vrbno pod Pradědem, 733 535 580</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Fulnek, Heřmanice u Oder, Heřmánky, Hladké Životice, Jakubčovice nad Odrou, jiná obec v ČR, Kružberk, Kujavy, Luboměř, Mankovice, Melč, Moravice, Nové Lublice, Odry, Radkov, Spálov, Staré Těchanovice, Suchdol nad Odrou, Svatoňovice, Větřkovice, Vítkov, Vrchy</t>
   </si>
@@ -1136,89 +1145,77 @@
   <si>
     <t>Dětmarovice</t>
   </si>
   <si>
     <t>čp. 670, 73571 Dětmarovice, 596 540 143</t>
   </si>
   <si>
     <t>Adamusova 1269, 73514 Orlová 4, 770 318 812</t>
   </si>
   <si>
     <t>Přemyslovců 224/63, 70900 Ostrava 9, 599 459 131, Novoveská 1168/14, 70900 Ostrava 9, 599 459 240, Šimáčkova 1148/27, 70900 Ostrava 9, 599 459 122</t>
   </si>
   <si>
     <t>Tyršova 1761/14, 70200 Ostrava 2, 599 442 643</t>
   </si>
   <si>
     <t>Pečovatelská služba a Dům s pečovatelskou službou</t>
   </si>
   <si>
     <t>Dolní Lutyně</t>
   </si>
   <si>
     <t>K Penzionu 120, 73553 Dolní Lutyně, 552 301 296, 602 111 062</t>
   </si>
   <si>
-    <t>Pečovatelská služba Hrabyně, příspěvková organizace</t>
-[...4 lines deleted...]
-  <si>
     <t>čp. 207, 74767 Hrabyně 3, 607 516 220</t>
   </si>
   <si>
-    <t>Hrabyně 207, 74767 Hrabyně, 727 977 205</t>
-[...1 lines deleted...]
-  <si>
     <t>Pečovatelská služba města Vratimova</t>
   </si>
   <si>
     <t>Vratimov</t>
   </si>
   <si>
     <t>Frýdecká 853/57, 73932 Vratimov, 595 705 911, 596 732 441</t>
   </si>
   <si>
     <t>Pečovatelská služba Příbor</t>
   </si>
   <si>
     <t>Příbor, Skotnice</t>
   </si>
   <si>
     <t>Jičínská 238, 74258 Příbor, 737 286 554</t>
   </si>
   <si>
     <t>Pečovatelská služba v rodinách</t>
   </si>
   <si>
     <t>Syllabova 1278/19, 70300 Ostrava, 605 408 005</t>
   </si>
   <si>
-    <t>Lískovecká 86, 73801 Frýdek-Místek, 558 631 819</t>
-[...1 lines deleted...]
-  <si>
     <t>Seniorcentrum Opava, příspěvková organizace</t>
   </si>
   <si>
     <t>Rolnická 1591/29, 74705 Opava 5, 553 730 056, 774 470 650</t>
   </si>
   <si>
     <t>Sociální služby Bystřice</t>
   </si>
   <si>
     <t>Bystřice</t>
   </si>
   <si>
     <t>Bystřice 1317, 73995 Bystřice nad Olší, 702 097 304</t>
   </si>
   <si>
     <t>Terénní pečovatelská služba OASA</t>
   </si>
   <si>
     <t>Branka u Opavy, Dolní Životice, Háj ve Slezsku, Hlubočec, Hradec nad Moravicí, Chlebičov, Chvalíkovice, Kravaře, Litultovice, Mokré Lazce, Nové Sedlice, Oldřišov, Opava, Otice, Pustá Polom, Raduň, Skřipov, Slavkov, Služovice, Stěbořice, Štítina, Uhlířov, Velké Hoštice, Vršovice</t>
   </si>
   <si>
     <t>Dohnálkova 3052/15, 74601 Opava 1, 553 796 222</t>
   </si>
   <si>
     <t>Pečovatelská služba Slezská Ostrava</t>
@@ -1238,50 +1235,62 @@
   <si>
     <t>Štramberk</t>
   </si>
   <si>
     <t>Leskovec nad Moravicí 20, 79368 Leskovec nad Moravicí, 734 510 506</t>
   </si>
   <si>
     <t>Dům s pečovatelskou službou</t>
   </si>
   <si>
     <t>Jindřichov</t>
   </si>
   <si>
     <t>Jindřichov 172, 79383 Jindřichov, 554 641 744</t>
   </si>
   <si>
     <t>Pečovatelská služba Světlá Hora</t>
   </si>
   <si>
     <t>Světlá Hora</t>
   </si>
   <si>
     <t>Světlá 374, 79331 Světlá Hora, 554 773 150</t>
   </si>
   <si>
+    <t>Armáda spásy, Pečovatelská služba Rychvald</t>
+  </si>
+  <si>
+    <t>Rychvald</t>
+  </si>
+  <si>
+    <t>Revoluční 529, 73532 Rychvald</t>
+  </si>
+  <si>
+    <t>Branka u Opavy, Bratříkovice, Brumovice, Budišovice, Dolní Životice, Háj ve Slezsku, Hlavnice, Hlubočec, Hněvošice, Holasovice, Hrabyně, Hradec nad Moravicí, Chlebičov, Chvalíkovice, Jakartovice, Jezdkovice, Kyjovice, Lhotka u Litultovic, Litultovice, Mikolajice, Mladecko, Mokré Lazce, Neplachovice, Nové Sedlice, Oldřišov, Opava, Otice, Pustá Polom, Raduň, Skřipov, Slavkov, Služovice, Sosnová, Stěbořice, Štáblovice, Štítina, Těškovice, Uhlířov, Velké Heraltice, Velké Hoštice, Vršovice</t>
+  </si>
+  <si>
     <t>Domov Letokruhy</t>
   </si>
   <si>
     <t>Partyzánská 229, 74787 Budišov nad Budišovkou, 734 528 718</t>
   </si>
   <si>
     <t>NOE Frýdek-Místek, podpora samostatného bydlení</t>
   </si>
   <si>
     <t>Baška, Frýdek-Místek, Palkovice</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek, 703 499 991</t>
   </si>
   <si>
     <t>NOE Karviná, podpora samostatného bydlení</t>
   </si>
   <si>
     <t>Masarykovo náměstí 6/5, 73301 Karviná</t>
   </si>
   <si>
     <t>NOE Krnov, Bruntál; podpora samostatného bydlení</t>
   </si>
   <si>
     <t>Bruntál, Krnov, Město Albrechtice, Staré Město</t>
@@ -1290,53 +1299,50 @@
     <t>nám. Míru 66/5, 79201 Bruntál, 734 366 281, Hlubčická 147/8, 79401 Krnov, 734 366 281</t>
   </si>
   <si>
     <t>NOE Ostrava, podpora samostatného bydlení</t>
   </si>
   <si>
     <t>Ke Kamenině 178/17, 71100 Ostrava, 731 128 449</t>
   </si>
   <si>
     <t>NOE Třinec, podpora samostatného bydlení</t>
   </si>
   <si>
     <t>Bystřice, Hnojník, Komorní Lhotka, Košařiska, Nýdek, Ropice, Řeka, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
   </si>
   <si>
     <t>čp. 423, 73961 Třinec, 734 363 348</t>
   </si>
   <si>
     <t>Podpora samostatného bydlení</t>
   </si>
   <si>
     <t>Hladnovská 757/119a, 71200 Ostrava, 555 132 233</t>
   </si>
   <si>
     <t>podpora samostatného bydlení</t>
-  </si>
-[...1 lines deleted...]
-    <t>Branka u Opavy, Bratříkovice, Brumovice, Budišovice, Dolní Životice, Háj ve Slezsku, Hlavnice, Hlubočec, Hněvošice, Holasovice, Hrabyně, Hradec nad Moravicí, Chlebičov, Chvalíkovice, Jakartovice, Jezdkovice, Kyjovice, Lhotka u Litultovic, Litultovice, Mikolajice, Mladecko, Mokré Lazce, Neplachovice, Nové Sedlice, Oldřišov, Opava, Otice, Pustá Polom, Raduň, Skřipov, Slavkov, Služovice, Sosnová, Stěbořice, Štáblovice, Štítina, Těškovice, Uhlířov, Velké Heraltice, Velké Hoštice, Vršovice</t>
   </si>
   <si>
     <t>Hradecká 650/16, 74601 Opava 1, 728 377 354, Jateční 2304/7, 74601 Opava 1, 728 377 354</t>
   </si>
   <si>
     <t>Pavlovova 1625/65 1625/65, 70030 Ostrava 30, 725 022 799</t>
   </si>
   <si>
     <t>Podpora samostatného bydlení JINAK Opava</t>
   </si>
   <si>
     <t>čp. 220, 79393 Brantice, 608 232 221</t>
   </si>
   <si>
     <t>Podpora samostatného bydlení JINAK Frenštát pod Radhoštěm</t>
   </si>
   <si>
     <t>Bordovice, Frenštát pod Radhoštěm, Lichnov, Tichá, Trojanovice, Veřovice</t>
   </si>
   <si>
     <t>Kalusova 1170, 74401 Frenštát pod Radhoštěm, 737 729 565</t>
   </si>
   <si>
     <t>Podpora samostatného bydlení MENS SANA, o.p.s.</t>
   </si>
@@ -1761,54 +1767,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C208"/>
+  <dimension ref="A1:C209"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C208" sqref="C208"/>
+      <selection activeCell="C209" sqref="C209"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -2428,1682 +2434,1693 @@
         <v>139</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>133</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2" t="s">
         <v>141</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2" t="s">
         <v>143</v>
       </c>
       <c r="B60" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="C60" s="2" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="B61" s="2" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2" t="s">
         <v>148</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>149</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2" t="s">
         <v>151</v>
       </c>
       <c r="B63" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="C63" s="2" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="B64" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C64" s="2" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="B65" s="2" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2" t="s">
         <v>158</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>159</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2" t="s">
         <v>161</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>162</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2" t="s">
         <v>164</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>165</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2" t="s">
         <v>167</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>76</v>
+        <v>168</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>170</v>
+        <v>10</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2" t="s">
         <v>172</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>173</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2" t="s">
         <v>175</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>10</v>
+        <v>176</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>178</v>
+        <v>42</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2" t="s">
         <v>180</v>
       </c>
       <c r="B74" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C74" s="2" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="B75" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C75" s="2" t="s">
         <v>183</v>
-      </c>
-[...4 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C76" s="2" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="B77" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C77" s="2" t="s">
         <v>187</v>
-      </c>
-[...4 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>190</v>
+        <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>40</v>
+        <v>192</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="B81" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="C81" s="2" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C82" s="2" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="B83" s="2" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="2" t="s">
         <v>200</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>66</v>
+        <v>201</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>203</v>
+        <v>10</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="2" t="s">
         <v>205</v>
       </c>
       <c r="B86" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="C86" s="2" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="2" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>10</v>
+        <v>133</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="2" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>133</v>
+        <v>48</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="2" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>133</v>
+        <v>107</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C90" s="2" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="2" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="2" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="2" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>119</v>
+        <v>17</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="2" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>34</v>
+        <v>215</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="2" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="B96" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="B96" s="2" t="s">
+      <c r="C96" s="2" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="B97" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C97" s="2" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="2" t="s">
-        <v>222</v>
+        <v>161</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>224</v>
+        <v>162</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="2" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>226</v>
+        <v>10</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="B100" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="C100" s="2" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="2" t="s">
-        <v>164</v>
+        <v>229</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>165</v>
+        <v>215</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="2" t="s">
         <v>231</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>10</v>
+        <v>232</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="2" t="s">
-        <v>239</v>
+        <v>139</v>
       </c>
       <c r="B105" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="C105" s="2" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="2" t="s">
+        <v>241</v>
+      </c>
+      <c r="B106" s="2" t="s">
         <v>242</v>
       </c>
-      <c r="B106" s="2" t="s">
+      <c r="C106" s="2" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="B107" s="2" t="s">
         <v>245</v>
       </c>
-      <c r="B107" s="2" t="s">
+      <c r="C107" s="2" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="2" t="s">
-        <v>139</v>
+        <v>247</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>133</v>
+        <v>248</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="2" t="s">
-        <v>249</v>
+        <v>61</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>250</v>
+        <v>34</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>251</v>
+        <v>70</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="2" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>253</v>
+        <v>7</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="2" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>256</v>
+        <v>34</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="2" t="s">
-        <v>61</v>
+        <v>205</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>70</v>
+        <v>254</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="2" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>7</v>
+        <v>256</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="2" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="B115" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="C115" s="2" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="B116" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="C116" s="2" t="s">
         <v>265</v>
-      </c>
-[...4 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="B117" s="2" t="s">
         <v>267</v>
       </c>
-      <c r="B117" s="2" t="s">
+      <c r="C117" s="2" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="B118" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="C118" s="2" t="s">
         <v>270</v>
-      </c>
-[...4 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="B119" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="C119" s="2" t="s">
         <v>273</v>
-      </c>
-[...4 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="2" t="s">
-        <v>273</v>
+        <v>200</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="2" t="s">
+        <v>276</v>
+      </c>
+      <c r="B121" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="C121" s="2" t="s">
         <v>278</v>
-      </c>
-[...4 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="2" t="s">
-        <v>205</v>
+        <v>109</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="B123" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="C123" s="2" t="s">
         <v>283</v>
-      </c>
-[...4 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="2" t="s">
-        <v>109</v>
+        <v>276</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>90</v>
+        <v>176</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="2" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="2" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>181</v>
+        <v>288</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="2" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>291</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>292</v>
+        <v>166</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="B128" s="2" t="s">
         <v>293</v>
       </c>
-      <c r="B128" s="2" t="s">
+      <c r="C128" s="2" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="B129" s="2" t="s">
         <v>296</v>
       </c>
-      <c r="B129" s="2" t="s">
+      <c r="C129" s="2" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="2" t="s">
         <v>298</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>220</v>
+        <v>299</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="2" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>302</v>
+        <v>233</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="2" t="s">
         <v>303</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>304</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="2" t="s">
         <v>305</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>306</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="2" t="s">
         <v>307</v>
       </c>
       <c r="B134" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="C134" s="2" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="2" t="s">
         <v>309</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>133</v>
+        <v>107</v>
       </c>
       <c r="C135" s="2" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="2" t="s">
         <v>311</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>42</v>
+        <v>312</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="2" t="s">
-        <v>267</v>
+        <v>314</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>268</v>
+        <v>42</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>269</v>
+        <v>315</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="2" t="s">
-        <v>313</v>
+        <v>260</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>10</v>
+        <v>261</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>314</v>
+        <v>262</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="2" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>316</v>
+        <v>10</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="2" t="s">
         <v>318</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>319</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="2" t="s">
         <v>321</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>322</v>
       </c>
       <c r="C141" s="2" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="2" t="s">
         <v>324</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>325</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="2" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>274</v>
+        <v>328</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>275</v>
+        <v>329</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="2" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>327</v>
+        <v>267</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>328</v>
+        <v>268</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="2" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="2" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B146" s="2" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="2" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="2" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="2" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="2" t="s">
-        <v>339</v>
+        <v>327</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>340</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="2" t="s">
         <v>342</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>343</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>280</v>
+        <v>344</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="2" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>346</v>
+        <v>273</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="2" t="s">
         <v>347</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>348</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="2" t="s">
         <v>350</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>351</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="2" t="s">
-        <v>109</v>
+        <v>353</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>90</v>
+        <v>354</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="2" t="s">
-        <v>354</v>
+        <v>109</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>355</v>
+        <v>90</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="2" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>10</v>
+        <v>358</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="2" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="2" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>288</v>
+        <v>37</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="2" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>361</v>
+        <v>282</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="2" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="2" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>76</v>
+        <v>366</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="2" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>366</v>
+        <v>76</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="2" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>107</v>
+        <v>369</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="2" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>10</v>
+        <v>107</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="2" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="2" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>224</v>
+        <v>10</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>225</v>
+        <v>373</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="2" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>119</v>
+        <v>219</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="2" t="s">
-        <v>371</v>
+        <v>357</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>372</v>
+        <v>119</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>373</v>
+        <v>211</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="2" t="s">
         <v>374</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>375</v>
       </c>
       <c r="C170" s="2" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="2" t="s">
-        <v>374</v>
+        <v>295</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>375</v>
+        <v>296</v>
       </c>
       <c r="C171" s="2" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="2" t="s">
         <v>378</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>379</v>
       </c>
       <c r="C172" s="2" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="2" t="s">
         <v>381</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>382</v>
       </c>
       <c r="C173" s="2" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="2" t="s">
         <v>384</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C174" s="2" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="2" t="s">
-        <v>228</v>
+        <v>386</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>133</v>
+        <v>34</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="2" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>34</v>
+        <v>389</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="2" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="2" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>393</v>
+        <v>10</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="2" t="s">
-        <v>395</v>
+        <v>327</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>10</v>
+        <v>396</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="2" t="s">
-        <v>324</v>
+        <v>398</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="2" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="2" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="2" t="s">
-        <v>408</v>
+        <v>184</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>112</v>
+        <v>410</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>409</v>
+        <v>35</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="2" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>411</v>
+        <v>112</v>
       </c>
       <c r="C185" s="2" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="2" t="s">
         <v>413</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>48</v>
+        <v>414</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="2" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>416</v>
+        <v>48</v>
       </c>
       <c r="C187" s="2" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="2" t="s">
         <v>418</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>10</v>
+        <v>419</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="2" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>421</v>
+        <v>10</v>
       </c>
       <c r="C189" s="2" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="2" t="s">
         <v>423</v>
       </c>
       <c r="B190" s="2" t="s">
-        <v>10</v>
+        <v>424</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="2" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>426</v>
+        <v>10</v>
       </c>
       <c r="C191" s="2" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="2" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>10</v>
+        <v>410</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="2" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="C193" s="2" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="2" t="s">
         <v>431</v>
       </c>
       <c r="B194" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C194" s="2" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="2" t="s">
+        <v>433</v>
+      </c>
+      <c r="B195" s="2" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C195" s="2" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="2" t="s">
         <v>436</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>94</v>
+        <v>10</v>
       </c>
       <c r="C196" s="2" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="2" t="s">
         <v>438</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>165</v>
+        <v>94</v>
       </c>
       <c r="C197" s="2" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="2" t="s">
         <v>440</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>10</v>
+        <v>162</v>
       </c>
       <c r="C198" s="2" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="2" t="s">
         <v>442</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="C199" s="2" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="2" t="s">
         <v>444</v>
       </c>
       <c r="B200" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C200" s="2" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="B201" s="2" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C201" s="2" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="2" t="s">
         <v>449</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>84</v>
+        <v>10</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>422</v>
+        <v>450</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="2" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>451</v>
+        <v>84</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>452</v>
+        <v>425</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="B204" s="2" t="s">
         <v>453</v>
       </c>
-      <c r="B204" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C204" s="2" t="s">
-        <v>225</v>
+        <v>454</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="2" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>455</v>
+        <v>219</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>456</v>
+        <v>220</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="B206" s="2" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="C206" s="2" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="2" t="s">
-        <v>267</v>
+        <v>459</v>
       </c>
       <c r="B207" s="2" t="s">
-        <v>459</v>
+        <v>176</v>
       </c>
       <c r="C207" s="2" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="B208" s="2" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C208" s="2" t="s">
         <v>462</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="2" t="s">
+        <v>463</v>
+      </c>
+      <c r="B209" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C209" s="2" t="s">
+        <v>464</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">