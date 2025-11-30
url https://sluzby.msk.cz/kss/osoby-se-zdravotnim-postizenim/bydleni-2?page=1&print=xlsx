--- v0 (2025-10-06)
+++ v1 (2025-11-30)
@@ -158,51 +158,51 @@
   <si>
     <t>Litultovice</t>
   </si>
   <si>
     <t>Deštné 68, 74755 Litultovice, 553 663 962</t>
   </si>
   <si>
     <t>Havířov</t>
   </si>
   <si>
     <t>Moskevská 1588/7a, 73601 Havířov</t>
   </si>
   <si>
     <t>Mánesova 1684/7, 74601 Opava</t>
   </si>
   <si>
     <t>Domov MIKASA</t>
   </si>
   <si>
     <t>Srbská 856/2a, 70030 Ostrava, 777 881 556</t>
   </si>
   <si>
     <t>ARCHA Český Těšín, chráněné bydlení</t>
   </si>
   <si>
-    <t>Dukelská 2096/5a, 73701 Český Těšín, 731 514 698</t>
+    <t>Dukelská 263/7, 73701 Český  Těšín, 731 514 698, Hrabinská 496/19a, 73701 Český  Těšín, 731 514 698, Dukelská 2096/5a, 73701 Český Těšín, 731 514 698</t>
   </si>
   <si>
     <t>ARCHA Nový Jičín, chráněné bydlení</t>
   </si>
   <si>
     <t>Nový Jičín</t>
   </si>
   <si>
     <t>U Jičínky 2007/25, 74101 Nový Jičín, 604 228 205, Beskydská 142, 74101 Nový Jičín, 734 643 233</t>
   </si>
   <si>
     <t>ARCHA Ostrava, chráněné bydlení</t>
   </si>
   <si>
     <t>Ke Kamenině 178/17, 71100 Ostrava, 731 670 763</t>
   </si>
   <si>
     <t>Domov Jistoty, příspěvková organizace</t>
   </si>
   <si>
     <t>Komenského 2097/6, 73701 Český Těšín, 596 014 646</t>
   </si>
   <si>
     <t>Karviná</t>
   </si>