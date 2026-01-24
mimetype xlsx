--- v0 (2025-11-30)
+++ v1 (2026-01-24)
@@ -12,65 +12,65 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Adámkova vila, Osobní asistence, z.ú.</t>
   </si>
   <si>
-    <t>Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
+    <t>Dobrá, Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
   </si>
   <si>
     <t>Raškovice 28, 73904 Pražmo, 730 820 129</t>
   </si>
   <si>
     <t>Asistenční služba</t>
   </si>
   <si>
     <t>Karviná</t>
   </si>
   <si>
     <t>Sokolovská 1761/36, 73506 Karviná, 773 494 545</t>
   </si>
   <si>
     <t>Sociálně terapeutické dílny</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Skautská 1045/3, 70800 Ostrava, 602 121 825</t>
   </si>
   <si>
     <t>Centrum ANIMA Opava</t>
   </si>
@@ -152,50 +152,53 @@
   <si>
     <t>Bystřice, Hnojník, Komorní Lhotka, Košařiska, Nýdek, Ropice, Řeka, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
   </si>
   <si>
     <t>čp. 423, 73961 Třinec, 734 363 348</t>
   </si>
   <si>
     <t>Občanská poradna</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek, 773 173 604</t>
   </si>
   <si>
     <t>Odborné sociální poradenství v Kontaktním centru Anabell Ostrava</t>
   </si>
   <si>
     <t>Pivovarská 4/10, 70200 Ostrava, 602 236 457</t>
   </si>
   <si>
     <t>Centrum sociálních služeb Bohumín, příspěvková organizace</t>
   </si>
   <si>
+    <t>Bohumín, Dolní Lutyně, Rychvald</t>
+  </si>
+  <si>
     <t>Masarykova 365, 73551 Bohumín, 596 092 502</t>
   </si>
   <si>
     <t>osobní asistence</t>
   </si>
   <si>
     <t>Bělá, Bohuslavice, Bolatice, Darkovice, Dolní Benešov, Háj ve Slezsku, Hať, Hlučín, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kozmice, Kravaře, Markvartovice, Mokré Lazce, Nové Sedlice, Oldřišov, Opava, Píšť, Raduň, Rohov, Služovice, Strahovice, Sudice, Šilheřovice, Štěpánkovice, Štítina, Třebom, Velké Hoštice, Vřesina, Závada</t>
   </si>
   <si>
     <t>Hlučínská 739, 74727 Kobeřice</t>
   </si>
   <si>
     <t>Osobní asistence</t>
   </si>
   <si>
     <t>Albrechtice, Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek, 778 500 159, Českobratrská 230/26, 70200 Ostrava 2, 777 011 934</t>
   </si>
   <si>
     <t>podpora samostatného bydlení</t>
   </si>
   <si>
     <t>Branka u Opavy, Bratříkovice, Brumovice, Budišovice, Dolní Životice, Háj ve Slezsku, Hlavnice, Hlubočec, Hněvošice, Holasovice, Hrabyně, Hradec nad Moravicí, Chlebičov, Chvalíkovice, Jakartovice, Jezdkovice, Kyjovice, Lhotka u Litultovic, Litultovice, Mikolajice, Mladecko, Mokré Lazce, Neplachovice, Nové Sedlice, Oldřišov, Opava, Otice, Pustá Polom, Raduň, Skřipov, Slavkov, Služovice, Sosnová, Stěbořice, Štáblovice, Štítina, Těškovice, Uhlířov, Velké Heraltice, Velké Hoštice, Vršovice</t>
@@ -311,66 +314,69 @@
   <si>
     <t>Havlíčkova 31, 74401 Frenštát pod Radhoštěm, 734 366 561, Sokolovská 617/9, 74101 Nový Jičín 1, 734 366 561</t>
   </si>
   <si>
     <t>RÚT Třinec, sociální rehabilitace</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Bystřice, Dolní Lomná, Hnojník, Hrádek, Hrčava, Jablunkov, Komorní Lhotka, Košařiska, Milíkov, Mosty u Jablunkova, Návsí, Nýdek, Písečná, Písek, Ropice, Řeka, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
   </si>
   <si>
     <t>čp. 423, 73961 Třinec, 731 826 808</t>
   </si>
   <si>
     <t>Služba následné péče "Pavučina"</t>
   </si>
   <si>
     <t>Skautská 1081/9, 70800 Ostrava, 737 572 081</t>
   </si>
   <si>
     <t>Služby následné péče</t>
   </si>
   <si>
     <t>Hradecká 650/16, 74601 Opava 1, 722 933 477, 728 377 354</t>
   </si>
   <si>
+    <t>Služby následné péče v Kontaktním centru Anabell Ostrava</t>
+  </si>
+  <si>
+    <t>Pivovarská 4/10, 70200 Ostrava, 771 178 991</t>
+  </si>
+  <si>
     <t>Sociálně terapeutická dílna - Ludgeřovice</t>
   </si>
   <si>
     <t>Ludgeřovice</t>
   </si>
   <si>
     <t>Hlučínská 1330/7a, 74714 Ludgeřovice, 595 053 929</t>
   </si>
   <si>
     <t>Sociálně terapeutická dílna JINAK Ostrava</t>
   </si>
   <si>
     <t>Rolnická 101/22, 70900 Ostrava, 736 528 058, Výstavní 2593/1, 70200 Ostrava 2, 605 292 990</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jaromíra Matuška 82/26a, 70030 Ostrava 30, 608 970 016, Čujkovova 3165/40a, 70030 Ostrava 30, 608 970 016, Čujkovova 1736/30, 70030 Ostrava 30, 608 970 016</t>
   </si>
   <si>
     <t>Sociální poradna ANIMA VIVA o.s.</t>
   </si>
   <si>
     <t>Hlučín, Kravaře, Opava, Vítkov</t>
   </si>
   <si>
     <t>Sušilova 1751/1, 74601 Opava 1, 739 404 544</t>
   </si>
   <si>
     <t>Sociální rehabilitace</t>
   </si>
   <si>
     <t>Bělá, Bohuslavice, Bolatice, Branka u Opavy, Bratříkovice, Brumovice, Březová, Budišov nad Budišovkou, Budišovice, Čermná ve Slezsku, Darkovice, Děhylov, Dobroslavice, Dolní Benešov, Dolní Životice, Háj ve Slezsku, Hať, Hlavnice, Hlubočec, Hlučín, Hněvošice, Holasovice, Hrabyně, Hradec nad Moravicí, Chlebičov, Chuchelná, Chvalíkovice, Jakartovice, Jezdkovice, Kobeřice, Kozmice, Kravaře, Kružberk, Kyjovice, Lhotka u Litultovic, Litultovice, Ludgeřovice, Markvartovice, Melč, Mikolajice, Mladecko, Mokré Lazce, Moravice, Neplachovice, Nové Lublice, Nové Sedlice, Oldřišov, Opava, Otice, Píšť, Pustá Polom, Radkov, Raduň, Rohov, Skřipov, Slavkov, Služovice, Sosnová, Staré Těchanovice, Stěbořice, Strahovice, Sudice, Svatoňovice, Šilheřovice, Štáblovice, Štěpánkovice, Štítina, Těškovice, Třebom, Uhlířov, Velké Heraltice, Velké Hoštice, Větřkovice, Vítkov, Vršovice, Vřesina, Závada</t>
   </si>
   <si>
     <t>Hradecká 650/16, 74601 Opava 1, 553 652 433, 722 933 477</t>
   </si>
   <si>
     <t>sociální rehabilitace</t>
   </si>
   <si>
     <t>Karla Pokorného 447/52a, 70800 Ostrava 8, 777 034 886, Bulharská 1561/7, 70800 Ostrava 8, 774 452 039, Skautská 1045/3, 70800 Ostrava 8, 777 034 886, Sokolovská 6062/32, 70800 Ostrava 8, 777 034 886</t>
   </si>
@@ -986,439 +992,439 @@
         <v>40</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>10</v>
+        <v>103</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2" t="s">
-        <v>9</v>
+        <v>105</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">