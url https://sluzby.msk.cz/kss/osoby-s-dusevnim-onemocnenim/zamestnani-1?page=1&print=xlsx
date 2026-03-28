--- v1 (2026-01-24)
+++ v2 (2026-03-28)
@@ -47,51 +47,51 @@
   <si>
     <t>Adámkova vila, Osobní asistence, z.ú.</t>
   </si>
   <si>
     <t>Dobrá, Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
   </si>
   <si>
     <t>Raškovice 28, 73904 Pražmo, 730 820 129</t>
   </si>
   <si>
     <t>Asistenční služba</t>
   </si>
   <si>
     <t>Karviná</t>
   </si>
   <si>
     <t>Sokolovská 1761/36, 73506 Karviná, 773 494 545</t>
   </si>
   <si>
     <t>Sociálně terapeutické dílny</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
-    <t>Skautská 1045/3, 70800 Ostrava, 602 121 825</t>
+    <t>Skautská 1045/3, 70800 Ostrava, 770 164 382</t>
   </si>
   <si>
     <t>Centrum ANIMA Opava</t>
   </si>
   <si>
     <t>Dolní Životice, Kravaře, Opava</t>
   </si>
   <si>
     <t>Liptovská 1045/21, 74706 Opava, 739 404 488</t>
   </si>
   <si>
     <t>Domov Jistoty, příspěvková organizace</t>
   </si>
   <si>
     <t>Bohumín</t>
   </si>
   <si>
     <t>Koperníkova 870, 73581 Bohumín, 596 014 046, Šunychelská 1159, 73581 Bohumín, 596 014 046</t>
   </si>
   <si>
     <t>Domov Letokruhy</t>
   </si>
   <si>
     <t>Budišov nad Budišovkou</t>
   </si>