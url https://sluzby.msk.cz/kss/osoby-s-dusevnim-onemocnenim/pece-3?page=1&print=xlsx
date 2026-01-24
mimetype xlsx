--- v0 (2025-11-30)
+++ v1 (2026-01-24)
@@ -26,51 +26,51 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Adámkova vila, Osobní asistence, z.ú.</t>
   </si>
   <si>
-    <t>Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
+    <t>Dobrá, Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
   </si>
   <si>
     <t>Raškovice 28, 73904 Pražmo, 730 820 129</t>
   </si>
   <si>
     <t>Asistenční služba</t>
   </si>
   <si>
     <t>Karviná</t>
   </si>
   <si>
     <t>Sokolovská 1761/36, 73506 Karviná, 773 494 545</t>
   </si>
   <si>
     <t>Centrum ANIMA Opava</t>
   </si>
   <si>
     <t>Dolní Životice, Kravaře, Opava</t>
   </si>
   <si>
     <t>Liptovská 1045/21, 74706 Opava, 739 404 488</t>
   </si>
   <si>
     <t>Diakonie ČCE středisko v Rýmařově</t>
   </si>
@@ -122,51 +122,51 @@
   <si>
     <t>nám. Míru 66/5, 79201 Bruntál, 734 366 281, Hlubčická 147/8, 79401 Krnov, 734 366 281</t>
   </si>
   <si>
     <t>NOE Třinec, podpora samostatného bydlení</t>
   </si>
   <si>
     <t>Bystřice, Hnojník, Komorní Lhotka, Košařiska, Nýdek, Ropice, Řeka, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
   </si>
   <si>
     <t>čp. 423, 73961 Třinec, 734 363 348</t>
   </si>
   <si>
     <t>Odborné sociální poradenství pro seniory</t>
   </si>
   <si>
     <t>Havířov</t>
   </si>
   <si>
     <t>Moskevská 1103/1f, 73601 Havířov, 596 477 320</t>
   </si>
   <si>
     <t>Centrum sociálních služeb Bohumín, příspěvková organizace</t>
   </si>
   <si>
-    <t>Bohumín</t>
+    <t>Bohumín, Dolní Lutyně, Rychvald</t>
   </si>
   <si>
     <t>Masarykova 365, 73551 Bohumín, 596 092 502</t>
   </si>
   <si>
     <t>osobní asistence</t>
   </si>
   <si>
     <t>Bělá, Bohuslavice, Bolatice, Darkovice, Dolní Benešov, Háj ve Slezsku, Hať, Hlučín, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kozmice, Kravaře, Markvartovice, Mokré Lazce, Nové Sedlice, Oldřišov, Opava, Píšť, Raduň, Rohov, Služovice, Strahovice, Sudice, Šilheřovice, Štěpánkovice, Štítina, Třebom, Velké Hoštice, Vřesina, Závada</t>
   </si>
   <si>
     <t>Hlučínská 739, 74727 Kobeřice</t>
   </si>
   <si>
     <t>Osobní asistence</t>
   </si>
   <si>
     <t>Albrechtice, Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek, 778 500 159, Českobratrská 230/26, 70200 Ostrava 2, 777 011 934</t>
   </si>
   <si>
     <t>pečovatelská služba</t>
   </si>