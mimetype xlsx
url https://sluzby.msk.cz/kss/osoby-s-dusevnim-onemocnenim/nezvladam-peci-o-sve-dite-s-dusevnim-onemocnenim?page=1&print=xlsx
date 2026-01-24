--- v0 (2025-11-30)
+++ v1 (2026-01-24)
@@ -26,51 +26,51 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Adámkova vila, Osobní asistence, z.ú.</t>
   </si>
   <si>
-    <t>Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
+    <t>Dobrá, Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
   </si>
   <si>
     <t>Raškovice 28, 73904 Pražmo, 730 820 129</t>
   </si>
   <si>
     <t>Asistenční služba</t>
   </si>
   <si>
     <t>Karviná</t>
   </si>
   <si>
     <t>Sokolovská 1761/36, 73506 Karviná, 773 494 545</t>
   </si>
   <si>
     <t>Centrum sociálních služeb pro seniory Pohoda, příspěvková organizace</t>
   </si>
   <si>
     <t>Bruntál</t>
   </si>
   <si>
     <t>Smetanova 1113/21a, 79201 Bruntál, 555 530 821</t>
   </si>
   <si>
     <t>Denní a pobytové služby pro - Respitní péče</t>
   </si>
@@ -155,51 +155,51 @@
   <si>
     <t>Pivovarská 4/10, 70200 Ostrava, 602 236 457</t>
   </si>
   <si>
     <t>Odlehčovací služba</t>
   </si>
   <si>
     <t>Orlová</t>
   </si>
   <si>
     <t>Adamusova 1269, 73514 Orlová, 603 113 477</t>
   </si>
   <si>
     <t>Odlehčovací služby</t>
   </si>
   <si>
     <t>Frýdlant nad Ostravicí</t>
   </si>
   <si>
     <t>Padlých hrdinů 312, 73911 Frýdlant nad Ostravicí, 558 441 611</t>
   </si>
   <si>
     <t>Centrum sociálních služeb Bohumín, příspěvková organizace</t>
   </si>
   <si>
-    <t>Bohumín</t>
+    <t>Bohumín, Dolní Lutyně, Rychvald</t>
   </si>
   <si>
     <t>Masarykova 365, 73551 Bohumín, 596 092 502</t>
   </si>
   <si>
     <t>osobní asistence</t>
   </si>
   <si>
     <t>Bělá, Bohuslavice, Bolatice, Darkovice, Dolní Benešov, Háj ve Slezsku, Hať, Hlučín, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kozmice, Kravaře, Markvartovice, Mokré Lazce, Nové Sedlice, Oldřišov, Opava, Píšť, Raduň, Rohov, Služovice, Strahovice, Sudice, Šilheřovice, Štěpánkovice, Štítina, Třebom, Velké Hoštice, Vřesina, Závada</t>
   </si>
   <si>
     <t>Hlučínská 739, 74727 Kobeřice</t>
   </si>
   <si>
     <t>Osobní asistence</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek, 778 500 159, Českobratrská 230/26, 70200 Ostrava 2, 777 011 934</t>
   </si>
   <si>
     <t>Poradna sv. Alexandra</t>
   </si>
   <si>
     <t>Františka Formana 251/13, 70030 Ostrava, 731 625 840</t>
   </si>