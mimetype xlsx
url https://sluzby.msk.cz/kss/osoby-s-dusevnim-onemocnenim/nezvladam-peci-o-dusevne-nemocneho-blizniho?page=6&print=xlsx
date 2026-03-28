--- v0 (2025-11-30)
+++ v1 (2026-03-28)
@@ -12,140 +12,140 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="236">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Adámkova vila, Domov se zvláštním režimem, z. ú.</t>
   </si>
   <si>
     <t>Raškovice</t>
   </si>
   <si>
     <t>Raškovice 28, 73904 Raškovice, 730 820 129</t>
   </si>
   <si>
     <t>Adámkova vila, Osobní asistence, z.ú.</t>
   </si>
   <si>
-    <t>Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
+    <t>Dobrá, Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
   </si>
   <si>
     <t>Raškovice 28, 73904 Pražmo, 730 820 129</t>
   </si>
   <si>
-    <t>ALZHEIMER HOME Frýdek-Místek</t>
+    <t>Senevida Frýdek-Místek</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Hlavní třída 2326, Místek 2326, 73801 Frýdek-Místek 1, 724 393 130</t>
   </si>
   <si>
-    <t>ALZHEIMER HOME Jablunkov</t>
+    <t>Senevida Jablunkov</t>
   </si>
   <si>
     <t>Jablunkov</t>
   </si>
   <si>
     <t>Bezručova 497, 73991 Jablunkov, 720 032 927</t>
   </si>
   <si>
     <t>ARCHA Třinec, chráněné bydlení</t>
   </si>
   <si>
     <t>Třinec</t>
   </si>
   <si>
-    <t>Máchova 658, 73961 Třinec, 734 363 348, Jablunkovská 692, 73961 Třinec, 734 363 348, Jablunkovská 406, 73961 Třinec, 734 363 348, Jablunkovská 704, 73961 Třinec, 734 363 348, Palackého 400, 73961 Třinec, 734 363 348, Jablunkovská 408, 73961 Třinec, 734 363 348</t>
+    <t>Máchova 658, 73961 Třinec, 734 363 348, Jablunkovská 692, 73961 Třinec, 734 363 348, Jablunkovská 406, 73961 Třinec, 734 363 348, Jablunkovská 704, 73961 Třinec, 734 363 348, Komenského 680, 73961 Třinec, 734 363 348, Jablunkovská 408, 73961 Třinec, 734 363 348</t>
   </si>
   <si>
     <t>Armáda spásy, Domov Přístav Frýdek - Místek</t>
   </si>
   <si>
     <t>Míru 1313, 73801 Frýdek-Místek, 737 215 433</t>
   </si>
   <si>
     <t>Armáda spásy, Domov Přístav Ostrava - Kunčičky</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Holvekova 611/38b, 71800 Ostrava, Holvekova 534/37, 71800 Ostrava, 773 770 123, Holvekova 612/38, 71800 Ostrava, 773 770 123</t>
   </si>
   <si>
     <t>Armáda spásy, Domov Přístav Ostrava - Zukalova</t>
   </si>
   <si>
     <t>Zukalova 1401/3, 70300 Ostrava, 773 770 267</t>
   </si>
   <si>
     <t>Asistenční služba</t>
   </si>
   <si>
     <t>Karviná</t>
   </si>
   <si>
     <t>Sokolovská 1761/36, 73506 Karviná, 773 494 545</t>
   </si>
   <si>
     <t>Sociálně terapeutické dílny</t>
   </si>
   <si>
-    <t>Skautská 1045/3, 70800 Ostrava, 602 121 825</t>
+    <t>Skautská 1045/3, 70800 Ostrava, 770 164 382</t>
   </si>
   <si>
     <t>Bydlíme! 2016</t>
   </si>
   <si>
     <t>Strmá 1013/3, 70900 Ostrava, 770 176 159, Boleslavova 878/17, 70900 Ostrava, 778 523 544, Slavíkova 1762/19, 70800 Ostrava, 778 523 544, Na Můstku 1068/2, 70200 Ostrava, 778 523 544, Skautská 435/8, 70800 Ostrava, 778 523 544, Dělnická 318/42, 70800 Ostrava, 778 523 544, Orebitská 192/25, 70200 Ostrava, 778 523 544, Orebitská 194/29, 70200 Ostrava, 778 523 544, Vaškova 1449/19, 70200 Ostrava, 778 523 544</t>
   </si>
   <si>
     <t>Centrum sociálních služeb pro seniory Pohoda, příspěvková organizace</t>
   </si>
   <si>
     <t>Bruntál</t>
   </si>
   <si>
     <t>Smetanova 1113/21a, 79201 Bruntál, 555 530 821</t>
   </si>
   <si>
     <t>Denní a pobytové služby pro - Respitní péče</t>
   </si>
   <si>
     <t>Havířov</t>
   </si>
   <si>
     <t>Moskevská 1103/1f, 73601 Havířov, 596 411 031</t>
   </si>
@@ -158,290 +158,293 @@
   <si>
     <t>Čapkova 708, 73961 Třinec, 558 999 751</t>
   </si>
   <si>
     <t>Diakonie ČCE středisko v Rýmařově</t>
   </si>
   <si>
     <t>Dolní Moravice</t>
   </si>
   <si>
     <t>Dolní Moravice 25, 79501 Rýmařov, 554 230 503, 736 430 633</t>
   </si>
   <si>
     <t>Domov Bílá Opava, příspěvková organizace</t>
   </si>
   <si>
     <t>Opava</t>
   </si>
   <si>
     <t>Rybářská 545/27, 74601 Opava, 553 712 183</t>
   </si>
   <si>
     <t>Domov Březiny, příspěvková organizace</t>
   </si>
   <si>
+    <t>Petřvald</t>
+  </si>
+  <si>
+    <t>Rychvaldská 531, 73541 Petřvald, 596 541 238</t>
+  </si>
+  <si>
+    <t>Domov Čujkovova, Ostrava-Zábřeh, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Čujkovova 1717, 70030 Ostrava, 596 745 477</t>
+  </si>
+  <si>
+    <t>Domov Duha, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Nový Jičín</t>
+  </si>
+  <si>
+    <t>Hřbitovní 1128/41, 74101 Nový Jičín, 556 709 033</t>
+  </si>
+  <si>
+    <t>Domov Jistoty, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Český Těšín</t>
+  </si>
+  <si>
+    <t>Komenského 2097/6, 73701 Český Těšín, 596 014 646</t>
+  </si>
+  <si>
+    <t>Bohumín</t>
+  </si>
+  <si>
+    <t>Malá 514, 73581 Bohumín 1, 596 014 046</t>
+  </si>
+  <si>
+    <t>Koperníkova 1212, 73581 Bohumín, 604 306 262, Koperníkova 870, 73581 Bohumín, 604 306 262</t>
+  </si>
+  <si>
+    <t>Polská 71/50, 73401 Karviná, 596 014 046</t>
+  </si>
+  <si>
+    <t>Koperníkova 870, 73581 Bohumín, 596 014 046, Šunychelská 1159, 73581 Bohumín, 596 014 046</t>
+  </si>
+  <si>
+    <t>Domov Letokruhy</t>
+  </si>
+  <si>
+    <t>Budišov nad Budišovkou</t>
+  </si>
+  <si>
+    <t>Partyzánská 229, 74787 Budišov nad Budišovkou, 734 528 718</t>
+  </si>
+  <si>
+    <t>Domov Letokruhy, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Partyzánská 229, 74787 Budišov nad Budišovkou, 556 305 293</t>
+  </si>
+  <si>
+    <t>Domov Magnolie, Ostrava-Vítkovice, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Sirotčí 474/56, 70300 Ostrava 3, 591 144 511, 727 917 705</t>
+  </si>
+  <si>
+    <t>Domov Na zámku, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Kyjovice</t>
+  </si>
+  <si>
+    <t>čp. 1, 74768 Kyjovice, 553 778 026</t>
+  </si>
+  <si>
+    <t>Domov OASA</t>
+  </si>
+  <si>
+    <t>Dohnálkova 3052/15, 74601 Opava, 775 853 650</t>
+  </si>
+  <si>
+    <t>Domov Odry, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Odry</t>
+  </si>
+  <si>
+    <t>Hranická 410/56, 74235 Odry, 556 730 133</t>
+  </si>
+  <si>
+    <t>Domov pod Vinnou horou, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Hlučín</t>
+  </si>
+  <si>
+    <t>Dlouhoveská 1915/91, 74801 Hlučín, 595 020 573</t>
+  </si>
+  <si>
+    <t>Domov pro osoby se zdravotním postižením Suchdol nad Odrou</t>
+  </si>
+  <si>
+    <t>Suchdol nad Odrou</t>
+  </si>
+  <si>
+    <t>Za nádražím 215, 74201 Suchdol nad Odrou, 731 442 867</t>
+  </si>
+  <si>
+    <t>Domov se zvláštním režimem</t>
+  </si>
+  <si>
+    <t>Opavská 4472/76, 70800 Ostrava</t>
+  </si>
+  <si>
+    <t>Frýdlant nad Ostravicí</t>
+  </si>
+  <si>
+    <t>Padlých hrdinů 312, 73911 Frýdlant nad Ostravicí, 558 441 611</t>
+  </si>
+  <si>
+    <t>Senevida Ostrava-Vítkovice</t>
+  </si>
+  <si>
+    <t>Syllabova 3029/38, 70300 Ostrava 3, 775 893 806</t>
+  </si>
+  <si>
+    <t>Chalupova 1/1, 71100 Ostrava 11, 601 698 591</t>
+  </si>
+  <si>
+    <t>Bolatice</t>
+  </si>
+  <si>
+    <t>Družstevní 1058/15, 74723 Bolatice, 605 167 298</t>
+  </si>
+  <si>
+    <t>Domov Korýtko, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Hladnovská 751/119, 71200 Ostrava 12, 596 761 611</t>
+  </si>
+  <si>
+    <t>Domov se zvláštním režimem Vila Vančurova</t>
+  </si>
+  <si>
+    <t>Vančurova 1217/5, 74601 Opava 1, 737 273 243</t>
+  </si>
+  <si>
+    <t>Domov seniorů Havířov, p.o. - středisko Helios DZR</t>
+  </si>
+  <si>
+    <t>Jaroslava Seiferta 1530/14, 73601 Havířov, 596 810 448</t>
+  </si>
+  <si>
+    <t>Domov Slunovrat, Ostrava-Přívoz, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Na Mlýnici 203/5, 70200 Ostrava, 596 133 530</t>
+  </si>
+  <si>
+    <t>Domov sv. Jana Křtitele, s. r .o.</t>
+  </si>
+  <si>
+    <t>Hraniční 21, 73942 Frýdek-Místek, 777 770 856</t>
+  </si>
+  <si>
+    <t>Domov Vítkov, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Vítkov</t>
+  </si>
+  <si>
+    <t>Lidická 611, 74901 Vítkov, 556 312 060</t>
+  </si>
+  <si>
+    <t>domovy se zvláštním režimem</t>
+  </si>
+  <si>
+    <t>Habrová 302, 73961 Třinec, 558 993 711</t>
+  </si>
+  <si>
+    <t>Dům dobré vůle Žáry</t>
+  </si>
+  <si>
+    <t>Město Albrechtice</t>
+  </si>
+  <si>
+    <t>čp. 3, 79395 Město Albrechtice, 554 611 366</t>
+  </si>
+  <si>
+    <t>EBEN-EZER Český Těšín, sociálně terapeutické dílny</t>
+  </si>
+  <si>
+    <t>Frýdecká 691/34, 73701 Český Těšín, 730 844 482, Vělopolská 243, 73701 Český Těšín, 730 844 482</t>
+  </si>
+  <si>
+    <t>EDEN Český Těšín, denní stacionář</t>
+  </si>
+  <si>
+    <t>Český Těšín, Třanovice</t>
+  </si>
+  <si>
+    <t>Tovární 314/27, 73701 Český Těšín, 731 128 450, Třanovského 1758/10, 73701 Český Těšín, 731 128 450, čp. 188, 73953 Třanovice, 731 128 450</t>
+  </si>
+  <si>
+    <t>EFFATHA Karviná</t>
+  </si>
+  <si>
+    <t>Komenského 611/11, 73506 Karviná, 733 142 446, V Aleji 435/12, 73401 Karviná, 733 142 446</t>
+  </si>
+  <si>
+    <t>Gerontocentrum ČČK</t>
+  </si>
+  <si>
+    <t>Střelniční 257/3, 73701 Český Těšín, 558 711 999</t>
+  </si>
+  <si>
+    <t>Charitní dům Salvator Krnov-domov pro osoby se specifickými potřebami</t>
+  </si>
+  <si>
+    <t>Krnov</t>
+  </si>
+  <si>
+    <t>M. Švabinského 712/10, 79401 Krnov, 554 614 702</t>
+  </si>
+  <si>
+    <t>Charitní středisko Gabriel-komunitní centrum pro seniory</t>
+  </si>
+  <si>
+    <t>Výškovická 3166/124a, 70030 Ostrava, 731 131 951, Čujkovova 1713/17, 70030 Ostrava, 731 131 951</t>
+  </si>
+  <si>
+    <t>Deštník</t>
+  </si>
+  <si>
+    <t>Olomoucká 2330/67, 74601 Opava, 739 002 710, Přerovecká 65/36, 74795 Opava, 739 002 710, Komenského 841/18, 74601 Opava, 739 002 710, Kylešovská 835/10, 74601 Opava, 739 002 710</t>
+  </si>
+  <si>
+    <t>Chráněné bydlení</t>
+  </si>
+  <si>
     <t>Orlová</t>
   </si>
   <si>
-    <t>Masarykova 900, 73514 Orlová, 596 541 238</t>
-[...235 lines deleted...]
-  <si>
     <t>F. S Tůmy 1242, 73514 Orlová, Polní 960, 73514 Orlová, Adamusova 1269, 73514 Orlová, 778 795 073</t>
   </si>
   <si>
     <t>Chráněné bydlení Charita sv. Alexandra</t>
   </si>
   <si>
     <t>Garážní 727/22, 70200 Ostrava, 731 625 843, Holvekova 651/28, 71800 Ostrava, 555 333 644</t>
   </si>
   <si>
     <t>Chráněné bydlení MENS SANA</t>
   </si>
   <si>
     <t>Dělnická 406/13, 70800 Ostrava, Čs. Exilu 477/13, 70800 Ostrava, Havlíčkovo náměstí 741/12, 70800 Ostrava, Senovážná 1560/2, 70200 Ostrava, Dělnická 401/9, 70800 Ostrava, Sokolovská 6062/32, 70800 Ostrava, 704 612 937, Dělnická 320/38, 70800 Ostrava, 704 612 937, Macharova 945/9, 70200 Ostrava 2, 704 612 937, Podmolova 826/3a, 70200 Ostrava 2, 704 612 937, Dělnická 318/42, 70800 Ostrava 8, 704 612 937, Dělnická 391/18, 70800 Ostrava 8, 704 612 937, Dělnická 385/28, 70800 Ostrava 8, 704 612 937</t>
   </si>
   <si>
     <t>Jantar</t>
   </si>
   <si>
     <t>Štefánikova 1173, 73961 Třinec, 558 993 755</t>
   </si>
   <si>
     <t>JORDÁN Třinec, sociálně aktivizační služby</t>
   </si>
   <si>
     <t>čp. 423, 73961 Třinec, 734 363 348</t>
@@ -530,50 +533,53 @@
   <si>
     <t>Občanská poradna</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek, 773 173 604</t>
   </si>
   <si>
     <t>Odborné sociální poradenství v Kontaktním centru Anabell Ostrava</t>
   </si>
   <si>
     <t>Pivovarská 4/10, 70200 Ostrava, 602 236 457</t>
   </si>
   <si>
     <t>Odlehčovací služba</t>
   </si>
   <si>
     <t>Adamusova 1269, 73514 Orlová, 603 113 477</t>
   </si>
   <si>
     <t>Odlehčovací služby</t>
   </si>
   <si>
     <t>Centrum sociálních služeb Bohumín, příspěvková organizace</t>
   </si>
   <si>
+    <t>Bohumín, Dolní Lutyně, Rychvald</t>
+  </si>
+  <si>
     <t>Masarykova 365, 73551 Bohumín, 596 092 502</t>
   </si>
   <si>
     <t>osobní asistence</t>
   </si>
   <si>
     <t>Bělá, Bohuslavice, Bolatice, Darkovice, Dolní Benešov, Háj ve Slezsku, Hať, Hlučín, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kozmice, Kravaře, Markvartovice, Mokré Lazce, Nové Sedlice, Oldřišov, Opava, Píšť, Raduň, Rohov, Služovice, Strahovice, Sudice, Šilheřovice, Štěpánkovice, Štítina, Třebom, Velké Hoštice, Vřesina, Závada</t>
   </si>
   <si>
     <t>Hlučínská 739, 74727 Kobeřice</t>
   </si>
   <si>
     <t>Osobní asistence</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek, 778 500 159, Českobratrská 230/26, 70200 Ostrava 2, 777 011 934</t>
   </si>
   <si>
     <t>podpora samostatného bydlení</t>
   </si>
   <si>
     <t>Branka u Opavy, Bratříkovice, Brumovice, Budišovice, Dolní Životice, Háj ve Slezsku, Hlavnice, Hlubočec, Hněvošice, Holasovice, Hrabyně, Hradec nad Moravicí, Chlebičov, Chvalíkovice, Jakartovice, Jezdkovice, Kyjovice, Lhotka u Litultovic, Litultovice, Mikolajice, Mladecko, Mokré Lazce, Neplachovice, Nové Sedlice, Oldřišov, Opava, Otice, Pustá Polom, Raduň, Skřipov, Slavkov, Služovice, Sosnová, Stěbořice, Štáblovice, Štítina, Těškovice, Uhlířov, Velké Heraltice, Velké Hoštice, Vršovice</t>
   </si>
   <si>
     <t>Hradecká 650/16, 74601 Opava 1, 728 377 354, Jateční 2304/7, 74601 Opava 1, 728 377 354</t>
@@ -617,53 +623,50 @@
   <si>
     <t>Rolnická 55/360, 70900 Ostrava 9, 733 142 425</t>
   </si>
   <si>
     <t>Siloe, domov se zvláštním režimem</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro seniory a osoby se zdravotním postižením</t>
   </si>
   <si>
     <t>Sociálně terapeutická dílna - Ludgeřovice</t>
   </si>
   <si>
     <t>Ludgeřovice</t>
   </si>
   <si>
     <t>Hlučínská 1330/7a, 74714 Ludgeřovice, 595 053 929</t>
   </si>
   <si>
     <t>Sociálně terapeutická dílna JINAK Ostrava</t>
   </si>
   <si>
     <t>Rolnická 101/22, 70900 Ostrava, 736 528 058, Výstavní 2593/1, 70200 Ostrava 2, 605 292 990</t>
   </si>
   <si>
-    <t>Jaromíra Matuška 82/26a, 70030 Ostrava 30, 608 970 016, Čujkovova 3165/40a, 70030 Ostrava 30, 608 970 016, Čujkovova 1736/30, 70030 Ostrava 30, 608 970 016</t>
-[...1 lines deleted...]
-  <si>
     <t>Sociální poradna ANIMA VIVA o.s.</t>
   </si>
   <si>
     <t>Hlučín, Kravaře, Opava, Vítkov</t>
   </si>
   <si>
     <t>Sušilova 1751/1, 74601 Opava 1, 739 404 544</t>
   </si>
   <si>
     <t>TABITA Český Těšín, odlehčovací služby</t>
   </si>
   <si>
     <t>Albrechtice, Český Těšín, Horní Suchá, Chotěbuz, Těrlicko</t>
   </si>
   <si>
     <t>Třanovského 1758/10, 73701 Český Těšín 1, 739 525 242</t>
   </si>
   <si>
     <t>TABITA Český Těšín, osobní asistence</t>
   </si>
   <si>
     <t>Albrechtice, Český Těšín, Dolní Domaslavice, Dolní Tošanovice, Horní Domaslavice, Horní Suchá, Horní Tošanovice, Chotěbuz, Těrlicko, Třanovice</t>
   </si>
   <si>
     <t>TABITA Jablunkov, odlehčovací služby</t>
@@ -699,50 +702,68 @@
     <t>Domov pro osoby se zdravotním postižením PONTOS</t>
   </si>
   <si>
     <t>Blahoslavova 1177/15 b, 79401 Krnov, 774 649 015, Blahoslavova 1176/15 a, 79401 Krnov, 774 649 015, Blahoslavova 1175/15, 79401 Krnov, 774 649 015</t>
   </si>
   <si>
     <t>Podané ruce - osobní asistence</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek</t>
   </si>
   <si>
     <t>Domov pod Bílou Horou, příspěvková organizace</t>
   </si>
   <si>
     <t>Kopřivnice</t>
   </si>
   <si>
     <t>Příčná 317/4, 74221 Kopřivnice</t>
   </si>
   <si>
     <t>Podpora samostatného bydlení JINAK Vítkov</t>
   </si>
   <si>
     <t>Vodní 173, 74901 Vítkov</t>
+  </si>
+  <si>
+    <t>Domov se zvláštním režimem Skotnice</t>
+  </si>
+  <si>
+    <t>Skotnice</t>
+  </si>
+  <si>
+    <t>Skotnice 204, 74258 Příbor, 731 442 867</t>
+  </si>
+  <si>
+    <t>Integrovaný sociální ústav Komorní Lhotka</t>
+  </si>
+  <si>
+    <t>Komorní Lhotka</t>
+  </si>
+  <si>
+    <t>Komorní Lhotka 184, 73953 Hnojník</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1059,54 +1080,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C101"/>
+  <dimension ref="A1:C102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C101" sqref="C101"/>
+      <selection activeCell="C102" sqref="C102"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1671,560 +1692,571 @@
         <v>123</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>48</v>
+        <v>128</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>48</v>
+        <v>128</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>58</v>
+        <v>173</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="2" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="2" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="2" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="2" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="2" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="2" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="2" t="s">
-        <v>28</v>
+        <v>203</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>21</v>
+        <v>204</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="2" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="2" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="2" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="2" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="2" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="2" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="2" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>219</v>
+        <v>121</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="2" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>121</v>
+        <v>10</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="2" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>10</v>
+        <v>226</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="2" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>225</v>
+        <v>104</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>104</v>
+        <v>231</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>228</v>
+        <v>232</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="B102" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="C102" s="2" t="s">
+        <v>235</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">