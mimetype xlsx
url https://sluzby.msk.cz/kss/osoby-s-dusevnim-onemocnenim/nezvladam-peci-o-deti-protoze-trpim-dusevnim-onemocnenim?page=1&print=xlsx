--- v0 (2025-11-30)
+++ v1 (2026-01-24)
@@ -26,51 +26,51 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Adámkova vila, Osobní asistence, z.ú.</t>
   </si>
   <si>
-    <t>Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
+    <t>Dobrá, Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
   </si>
   <si>
     <t>Raškovice 28, 73904 Pražmo, 730 820 129</t>
   </si>
   <si>
     <t>Asistenční služba</t>
   </si>
   <si>
     <t>Karviná</t>
   </si>
   <si>
     <t>Sokolovská 1761/36, 73506 Karviná, 773 494 545</t>
   </si>
   <si>
     <t>Diakonie ČCE středisko v Rýmařově</t>
   </si>
   <si>
     <t>Břidličná, Dolní Moravice, Horní Město, Jiříkov, Rýmařov, Ryžoviště, Stará Ves, Tvrdkov, Velká Štáhle</t>
   </si>
   <si>
     <t>Lidická 1328/14, 79501 Rýmařov, 554 211 294</t>
   </si>
   <si>
     <t>ELIM Stonava, pečovatelská služba</t>
   </si>
@@ -95,51 +95,51 @@
   <si>
     <t>Nemocniční 898/20, 72880 Ostrava, 737 267 939</t>
   </si>
   <si>
     <t>Občanská poradna</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek, 773 173 604</t>
   </si>
   <si>
     <t>Odborné sociální poradenství v Kontaktním centru Anabell Ostrava</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Pivovarská 4/10, 70200 Ostrava, 602 236 457</t>
   </si>
   <si>
     <t>Centrum sociálních služeb Bohumín, příspěvková organizace</t>
   </si>
   <si>
-    <t>Bohumín</t>
+    <t>Bohumín, Dolní Lutyně, Rychvald</t>
   </si>
   <si>
     <t>Masarykova 365, 73551 Bohumín, 596 092 502</t>
   </si>
   <si>
     <t>osobní asistence</t>
   </si>
   <si>
     <t>Bělá, Bohuslavice, Bolatice, Darkovice, Dolní Benešov, Háj ve Slezsku, Hať, Hlučín, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kozmice, Kravaře, Markvartovice, Mokré Lazce, Nové Sedlice, Oldřišov, Opava, Píšť, Raduň, Rohov, Služovice, Strahovice, Sudice, Šilheřovice, Štěpánkovice, Štítina, Třebom, Velké Hoštice, Vřesina, Závada</t>
   </si>
   <si>
     <t>Hlučínská 739, 74727 Kobeřice</t>
   </si>
   <si>
     <t>Osobní asistence</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek, 778 500 159, Českobratrská 230/26, 70200 Ostrava 2, 777 011 934</t>
   </si>
   <si>
     <t>pečovatelská služba</t>
   </si>
   <si>
     <t>Hlučínská 739, 74727 Kobeřice, 606 168 192</t>
   </si>