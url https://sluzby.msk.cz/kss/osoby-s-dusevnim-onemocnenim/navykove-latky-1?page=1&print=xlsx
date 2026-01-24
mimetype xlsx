--- v0 (2025-10-14)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Adámkova vila, Domov se zvláštním režimem, z. ú.</t>
   </si>
   <si>
     <t>Raškovice</t>
   </si>
   <si>
     <t>Raškovice 28, 73904 Raškovice, 730 820 129</t>
   </si>
   <si>
     <t>Armáda spásy, Domov Přístav Frýdek - Místek</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
@@ -107,51 +107,51 @@
   <si>
     <t>Kyjovice</t>
   </si>
   <si>
     <t>čp. 1, 74768 Kyjovice, 553 778 026</t>
   </si>
   <si>
     <t>Domov OASA</t>
   </si>
   <si>
     <t>Opava</t>
   </si>
   <si>
     <t>Dohnálkova 3052/15, 74601 Opava, 775 853 650</t>
   </si>
   <si>
     <t>Domov se zvláštním režimem</t>
   </si>
   <si>
     <t>Frýdlant nad Ostravicí</t>
   </si>
   <si>
     <t>Padlých hrdinů 312, 73911 Frýdlant nad Ostravicí, 558 441 611</t>
   </si>
   <si>
-    <t>domov se zvláštním režimem</t>
+    <t>Senevida Ostrava-Vítkovice</t>
   </si>
   <si>
     <t>Syllabova 3029/38, 70300 Ostrava 3, 775 893 806</t>
   </si>
   <si>
     <t>Domov Slunovrat, Ostrava-Přívoz, příspěvková organizace</t>
   </si>
   <si>
     <t>Na Mlýnici 203/5, 70200 Ostrava, 596 133 530</t>
   </si>
   <si>
     <t>Domov sv. Jana Křtitele, s. r .o.</t>
   </si>
   <si>
     <t>Hraniční 21, 73942 Frýdek-Místek, 777 770 856</t>
   </si>
   <si>
     <t>Domov Vítkov, příspěvková organizace</t>
   </si>
   <si>
     <t>Vítkov</t>
   </si>
   <si>
     <t>Lidická 611, 74901 Vítkov, 556 312 060</t>
   </si>
@@ -249,50 +249,68 @@
     <t>Františka Formana 251/13, 70030 Ostrava, 731 625 840</t>
   </si>
   <si>
     <t>Siloe, domov se zvláštním režimem</t>
   </si>
   <si>
     <t>Rolnická 55/360, 70900 Ostrava 9, 733 142 425</t>
   </si>
   <si>
     <t>Sociální poradna ANIMA VIVA o.s.</t>
   </si>
   <si>
     <t>Hlučín, Kravaře, Opava, Vítkov</t>
   </si>
   <si>
     <t>Sušilova 1751/1, 74601 Opava 1, 739 404 544</t>
   </si>
   <si>
     <t>Domov pod Bílou Horou, příspěvková organizace</t>
   </si>
   <si>
     <t>Kopřivnice</t>
   </si>
   <si>
     <t>Příčná 317/4, 74221 Kopřivnice</t>
+  </si>
+  <si>
+    <t>Domov se zvláštním režimem Skotnice</t>
+  </si>
+  <si>
+    <t>Skotnice</t>
+  </si>
+  <si>
+    <t>Skotnice 204, 74258 Příbor, 731 442 867</t>
+  </si>
+  <si>
+    <t>Integrovaný sociální ústav Komorní Lhotka</t>
+  </si>
+  <si>
+    <t>Komorní Lhotka</t>
+  </si>
+  <si>
+    <t>Komorní Lhotka 184, 73953 Hnojník</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -609,54 +627,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C30"/>
+  <dimension ref="A1:C32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C30" sqref="C30"/>
+      <selection activeCell="C32" sqref="C32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -950,50 +968,72 @@
       </c>
       <c r="C28" s="2" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>78</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">