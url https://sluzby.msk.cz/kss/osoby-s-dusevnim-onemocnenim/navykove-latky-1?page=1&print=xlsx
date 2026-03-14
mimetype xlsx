--- v1 (2026-01-24)
+++ v2 (2026-03-14)
@@ -59,54 +59,54 @@
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Míru 1313, 73801 Frýdek-Místek, 737 215 433</t>
   </si>
   <si>
     <t>Armáda spásy, Domov Přístav Ostrava - Kunčičky</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Holvekova 611/38b, 71800 Ostrava, Holvekova 534/37, 71800 Ostrava, 773 770 123, Holvekova 612/38, 71800 Ostrava, 773 770 123</t>
   </si>
   <si>
     <t>Armáda spásy, Domov Přístav Ostrava - Zukalova</t>
   </si>
   <si>
     <t>Zukalova 1401/3, 70300 Ostrava, 773 770 267</t>
   </si>
   <si>
     <t>Domov Březiny, příspěvková organizace</t>
   </si>
   <si>
-    <t>Orlová</t>
-[...2 lines deleted...]
-    <t>Masarykova 900, 73514 Orlová, 596 541 238</t>
+    <t>Petřvald</t>
+  </si>
+  <si>
+    <t>Rychvaldská 531, 73541 Petřvald, 596 541 238</t>
   </si>
   <si>
     <t>Domov Čujkovova, Ostrava-Zábřeh, příspěvková organizace</t>
   </si>
   <si>
     <t>Čujkovova 1717, 70030 Ostrava, 596 745 477</t>
   </si>
   <si>
     <t>Domov Jistoty, příspěvková organizace</t>
   </si>
   <si>
     <t>Bohumín</t>
   </si>
   <si>
     <t>Koperníkova 1212, 73581 Bohumín, 604 306 262, Koperníkova 870, 73581 Bohumín, 604 306 262</t>
   </si>
   <si>
     <t>Domov Na zámku, příspěvková organizace</t>
   </si>
   <si>
     <t>Kyjovice</t>
   </si>
   <si>
     <t>čp. 1, 74768 Kyjovice, 553 778 026</t>
   </si>