--- v0 (2025-11-30)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Občanská poradna</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek, 773 173 604</t>
   </si>
   <si>
     <t>Odborné sociální poradenství pro seniory</t>
   </si>
   <si>
     <t>Havířov</t>
   </si>
   <si>
@@ -138,59 +138,50 @@
     <t>RÚT Český Těšín, sociální rehabilitace</t>
   </si>
   <si>
     <t>Český Těšín, Chotěbuz</t>
   </si>
   <si>
     <t>Smetanova 1912/5, 73701 Český Těšín, 731 826 808</t>
   </si>
   <si>
     <t>RÚT Frýdek-Místek, sociální rehabilitace</t>
   </si>
   <si>
     <t>Baška, Brušperk, Bruzovice, Dobrá, Dobratice, Dolní Domaslavice, Dolní Tošanovice, Fryčovice, Frýdek-Místek, Horní Domaslavice, Horní Tošanovice, Hukvaldy, Kaňovice, Kozlovice, Krásná, Krmelín, Lhotka, Lučina, Morávka, Nižní Lhoty, Nošovice, Palkovice, Paskov, Pazderna, Pražmo, Raškovice, Řepiště, Sedliště, Soběšovice, Staré Město, Staříč, Sviadnov, Třanovice, Vojkovice, Vyšní Lhoty, Žabeň, Žermanice</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek 1, 703 499 991</t>
   </si>
   <si>
     <t>RÚT Havířov</t>
   </si>
   <si>
     <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
   </si>
   <si>
     <t>Jarošova 1194/31b, 73601 Havířov, 731 428 974, Svornosti 86/2, 73601 Havířov 1, 731 428 974</t>
-  </si>
-[...7 lines deleted...]
-    <t>Fryštátská 89/2, 73301 Karviná, 734 681 565, Masarykovo nám. 4/3, 73301 Karviná 1, 734 681 565</t>
   </si>
   <si>
     <t>RÚT Krnov, sociální rehabilitace</t>
   </si>
   <si>
     <t>Bohušov, Brantice, Býkov-Láryšov, Čaková, Dívčí Hrad, Heřmanovice, Hlinka, Holčovice, Hošťálkovy, Janov, Jindřichov, Krasov, Krnov, Lichnov, Liptaň, Město Albrechtice, Osoblaha, Petrovice, Rusín, Slezské Pavlovice, Slezské Rudoltice, Třemešná, Úvalno, Vysoká, Zátor</t>
   </si>
   <si>
     <t>Hlubčická 147/8, 79401 Krnov</t>
   </si>
   <si>
     <t>RÚT Nový Jičín, sociální rehabilitace</t>
   </si>
   <si>
     <t>Frenštát pod Radhoštěm, Fulnek, Kopřivnice, Nový Jičín, Odry, Příbor, Studénka</t>
   </si>
   <si>
     <t>Havlíčkova 31, 74401 Frenštát pod Radhoštěm, 734 366 561, Sokolovská 617/9, 74101 Nový Jičín 1, 734 366 561</t>
   </si>
   <si>
     <t>RÚT Třinec, sociální rehabilitace</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Bystřice, Dolní Lomná, Hnojník, Hrádek, Hrčava, Jablunkov, Komorní Lhotka, Košařiska, Milíkov, Mosty u Jablunkova, Návsí, Nýdek, Písečná, Písek, Ropice, Řeka, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
   </si>
@@ -579,54 +570,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C25"/>
+  <dimension ref="A1:C24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C25" sqref="C25"/>
+      <selection activeCell="C24" sqref="C24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -806,109 +797,98 @@
         <v>48</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>52</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B20" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C20" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B21" s="2" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B22" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C22" s="2" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B24" s="2" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>65</v>
-      </c>
-[...9 lines deleted...]
-        <v>68</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">