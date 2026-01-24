--- v0 (2025-11-30)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Občanská poradna</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek, 773 173 604</t>
   </si>
   <si>
     <t>Odborné sociální poradenství v Kontaktním centru Anabell Ostrava</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
@@ -153,50 +153,56 @@
     <t>Podpora samostatného bydlení MENS SANA, o.p.s.</t>
   </si>
   <si>
     <t>Sokolovská 6062/32, 70800 Ostrava, 608 944 503</t>
   </si>
   <si>
     <t>Podpora samostatného bydlení JINAK Vítkov</t>
   </si>
   <si>
     <t>Vítkov</t>
   </si>
   <si>
     <t>Vodní 173, 74901 Vítkov</t>
   </si>
   <si>
     <t>Služba následné péče "Pavučina"</t>
   </si>
   <si>
     <t>Skautská 1081/9, 70800 Ostrava, 737 572 081</t>
   </si>
   <si>
     <t>Služby následné péče</t>
   </si>
   <si>
     <t>Hradecká 650/16, 74601 Opava 1, 722 933 477, 728 377 354</t>
+  </si>
+  <si>
+    <t>Služby následné péče v Kontaktním centru Anabell Ostrava</t>
+  </si>
+  <si>
+    <t>Pivovarská 4/10, 70200 Ostrava, 771 178 991</t>
   </si>
   <si>
     <t>Centrum ANIMA Opava</t>
   </si>
   <si>
     <t>Dolní Životice, Kravaře, Opava</t>
   </si>
   <si>
     <t>Liptovská 1045/21, 74706 Opava, 739 404 488</t>
   </si>
   <si>
     <t>RÚT Bohumín, sociální rehabilitace</t>
   </si>
   <si>
     <t>Bohumín, Dětmarovice, Dolní Lutyně, Rychvald</t>
   </si>
   <si>
     <t>nám. Svobody 7, 73581 Bohumín, 731 194 012</t>
   </si>
   <si>
     <t>RÚT Bruntál, sociální rehabilitace</t>
   </si>
   <si>
     <t>Andělská Hora, Bílčice, Bruntál, Břidličná, Dětřichov nad Bystřicí, Dlouhá Stráň, Dolní Moravice, Dvorce, Horní Benešov, Horní Město, Horní Životice, Jiříkov, Karlova Studánka, Karlovice, Křišťanovice, Leskovec nad Moravicí, Lomnice, Ludvíkov, Malá Morávka, Mezina, Milotice nad Opavou, Moravskoslezský Kočov, Nová Pláň, Nové Heřminovy, Oborná, Razová, Roudno, Rudná pod Pradědem, Rýmařov, Stará Ves, Staré Heřminovy, Staré Město, Světlá Hora, Svobodné Heřmanice, Široká Niva, Tvrdkov, Václavov u Bruntálu, Valšov, Velká Štáhle, Vrbno pod Pradědem</t>
   </si>
@@ -657,54 +663,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C34"/>
+  <dimension ref="A1:C35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C34" sqref="C34"/>
+      <selection activeCell="C35" sqref="C35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -862,230 +868,241 @@
         <v>43</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B18" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C18" s="2" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B19" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="B19" s="2" t="s">
+      <c r="C19" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B20" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="B20" s="2" t="s">
+      <c r="C20" s="2" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B21" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="B21" s="2" t="s">
+      <c r="C21" s="2" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B22" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="B22" s="2" t="s">
+      <c r="C22" s="2" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B23" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="B23" s="2" t="s">
+      <c r="C23" s="2" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B24" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="B24" s="2" t="s">
+      <c r="C24" s="2" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B25" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="B25" s="2" t="s">
+      <c r="C25" s="2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="B26" s="2" t="s">
+      <c r="C26" s="2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B27" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="B27" s="2" t="s">
+      <c r="C27" s="2" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="B28" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="B28" s="2" t="s">
+      <c r="C28" s="2" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B29" s="2" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B30" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C30" s="2" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B31" s="2" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B33" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C33" s="2" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B34" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="B34" s="2" t="s">
+      <c r="C34" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="C34" s="2" t="s">
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="2" t="s">
         <v>94</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C35" s="2" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">