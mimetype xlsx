--- v0 (2025-11-05)
+++ v1 (2026-02-04)
@@ -80,81 +80,81 @@
   <si>
     <t>Zengrova 828/69, 70300 Ostrava, 602 670 789</t>
   </si>
   <si>
     <t>SLUNCE- služby nízkoprahového centra</t>
   </si>
   <si>
     <t>Krnov</t>
   </si>
   <si>
     <t>nám. Hrdinů 926/9, 79401 Krnov 1, 554 620 177, 608 868 460, E. F. Buriana 908/1, 79401 Krnov 1, 554 620 177, 608 868 460</t>
   </si>
   <si>
     <t>Charitní dům sv. Benedikta Labre - terénní programy</t>
   </si>
   <si>
     <t>Lidická 773/54, 70300 Ostrava, 733 441 883</t>
   </si>
   <si>
     <t>Služby drogové prevence OPEN HOUSE</t>
   </si>
   <si>
     <t>Bruntál, Kravaře, Vrbno pod Pradědem</t>
   </si>
   <si>
-    <t>Zahradní 1455/1, 79201 Bruntál 1, 775 096 714, Zámecké náměstí 1/13, 79401 Krnov 1, 775 096 714, Husova 469, 79326 Vrbno pod Pradědem, 775 096 714</t>
+    <t>Zahradní 1455/1, 79201 Bruntál 1, 775 096 710, Zámecké náměstí 1/13, 79401 Krnov 1, 775 096 714, Husova 469, 79326 Vrbno pod Pradědem, 775 096 714</t>
   </si>
   <si>
     <t>STREETWORK GABRIEL Karviná, terénní program</t>
   </si>
   <si>
     <t>Karviná, Orlová</t>
   </si>
   <si>
     <t>tř. Družby 1106/25, 73506 Karviná, 731 428 974, Poštovní 338/4, 73301 Karviná, 731 428 974, Masarykova třída 1000, 73514 Orlová, 731 428 974</t>
   </si>
   <si>
     <t>Terénní program Frýdecko-Místecko</t>
   </si>
   <si>
     <t>Český Těšín, Frýdek-Místek, Frýdlant nad Ostravicí, Jablunkov, Třinec</t>
   </si>
   <si>
     <t>Družstevní 294, 73961 Třinec, 723 141 029</t>
   </si>
   <si>
     <t>Terénní program Krnovsko</t>
   </si>
   <si>
     <t>E. F. Buriana 908/1, 79401 Krnov 1, 608 868 460</t>
   </si>
   <si>
     <t>Terénní program na Novojičínsku</t>
   </si>
   <si>
-    <t>Bílovec, Frenštát pod Radhoštěm, Kopřivnice, Nový Jičín, Odry, Příbor</t>
+    <t>Bílovec, Budišov nad Budišovkou, Frenštát pod Radhoštěm, Kopřivnice, Nový Jičín, Odry, Příbor, Vítkov</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 723 946 507</t>
   </si>
   <si>
     <t>Terénní program Ostrava</t>
   </si>
   <si>
     <t>Bohumín, Hlučín, Ostrava</t>
   </si>
   <si>
     <t>Zengrova 828/69, 70300 Ostrava 3, 774 719 357</t>
   </si>
   <si>
     <t>Terénní programy ARKA</t>
   </si>
   <si>
     <t>Sokolská třída 2587/81, 70200 Ostrava 2, 734 377 810</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>