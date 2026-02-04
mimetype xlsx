--- v0 (2025-11-05)
+++ v1 (2026-02-04)
@@ -12,88 +12,97 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Armáda spásy, Domov Přístav Ostrava - Zukalova</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Zukalova 1401/3, 70300 Ostrava, 773 770 267</t>
   </si>
   <si>
     <t>Benjamín, příspěvková organizace</t>
   </si>
   <si>
     <t>Petřvald</t>
   </si>
   <si>
     <t>Modrá 1705, 73541 Petřvald u Karviné, 603 431 935</t>
   </si>
   <si>
     <t>Domov se zvláštním režimem</t>
   </si>
   <si>
     <t>Bolatice</t>
   </si>
   <si>
     <t>Družstevní 1058/15, 74723 Bolatice, 605 167 298</t>
   </si>
   <si>
+    <t>Domov se zvláštním režimem Skotnice</t>
+  </si>
+  <si>
+    <t>Skotnice</t>
+  </si>
+  <si>
+    <t>Skotnice 204, 74258 Příbor, 731 442 867</t>
+  </si>
+  <si>
     <t>Armáda spásy, Domov Přístav Frýdek - Místek</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Míru 1313, 73801 Frýdek-Místek, 737 215 433</t>
   </si>
   <si>
     <t>Armáda spásy, Domov Přístav Ostrava - Kunčičky</t>
   </si>
   <si>
     <t>Holvekova 611/38b, 71800 Ostrava, Holvekova 534/37, 71800 Ostrava, 773 770 123, Holvekova 612/38, 71800 Ostrava, 773 770 123</t>
   </si>
   <si>
     <t>Domov sv. Jana Křtitele, s. r .o.</t>
   </si>
   <si>
     <t>Hraniční 21, 73942 Frýdek-Místek, 777 770 856</t>
   </si>
   <si>
     <t>Terapeutická komunita Renarkon</t>
   </si>
   <si>
     <t>Albrechtice, Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
@@ -240,50 +249,68 @@
     <t>Karviná</t>
   </si>
   <si>
     <t>U Bažantnice 1564/15, 73506 Karviná, 596 348 652</t>
   </si>
   <si>
     <t>Siloe, domov se zvláštním režimem</t>
   </si>
   <si>
     <t>Rolnická 55/360, 70900 Ostrava 9, 733 142 425</t>
   </si>
   <si>
     <t>Domov pod Bílou Horou, příspěvková organizace</t>
   </si>
   <si>
     <t>Kopřivnice</t>
   </si>
   <si>
     <t>Příčná 317/4, 74221 Kopřivnice</t>
   </si>
   <si>
     <t>Domov pro seniory Frýdek-Místek, příspěvková organizace</t>
   </si>
   <si>
     <t>Školská 401, 73801 Frýdek-Místek</t>
+  </si>
+  <si>
+    <t>Domov Hortenzie, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Frenštát pod Radhoštěm</t>
+  </si>
+  <si>
+    <t>Za Střelnicí 1568, 74401 Frenštát pod Radhoštěm, 556 806 111</t>
+  </si>
+  <si>
+    <t>Integrovaný sociální ústav Komorní Lhotka</t>
+  </si>
+  <si>
+    <t>Komorní Lhotka</t>
+  </si>
+  <si>
+    <t>Komorní Lhotka 184, 73953 Hnojník</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -600,54 +627,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C30"/>
+  <dimension ref="A1:C33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C30" sqref="C30"/>
+      <selection activeCell="C33" sqref="C33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -673,318 +700,351 @@
         <v>9</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>4</v>
+        <v>33</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>4</v>
+        <v>44</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>4</v>
+        <v>70</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>72</v>
+        <v>4</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">