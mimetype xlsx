--- v0 (2025-11-30)
+++ v1 (2026-02-04)
@@ -110,84 +110,84 @@
   <si>
     <t>Albrechtice, Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Čeladná 383, 73912 Čeladná, 558 684 334, 775 272 543</t>
   </si>
   <si>
     <t>EXIT, terapeutická komunita</t>
   </si>
   <si>
     <t>Komorní Lhota 151, 73953 Hnojník, 734 873 868</t>
   </si>
   <si>
     <t>Charitní dům sv. Benedikta Labre - terénní programy</t>
   </si>
   <si>
     <t>Lidická 773/54, 70300 Ostrava, 733 441 883</t>
   </si>
   <si>
     <t>Služby drogové prevence OPEN HOUSE</t>
   </si>
   <si>
     <t>Bruntál, Kravaře, Vrbno pod Pradědem</t>
   </si>
   <si>
-    <t>Zahradní 1455/1, 79201 Bruntál 1, 775 096 714, Zámecké náměstí 1/13, 79401 Krnov 1, 775 096 714, Husova 469, 79326 Vrbno pod Pradědem, 775 096 714</t>
+    <t>Zahradní 1455/1, 79201 Bruntál 1, 775 096 710, Zámecké náměstí 1/13, 79401 Krnov 1, 775 096 714, Husova 469, 79326 Vrbno pod Pradědem, 775 096 714</t>
   </si>
   <si>
     <t>STREETWORK GABRIEL Karviná, terénní program</t>
   </si>
   <si>
     <t>Karviná, Orlová</t>
   </si>
   <si>
     <t>tř. Družby 1106/25, 73506 Karviná, 731 428 974, Poštovní 338/4, 73301 Karviná, 731 428 974, Masarykova třída 1000, 73514 Orlová, 731 428 974</t>
   </si>
   <si>
     <t>Terénní program Frýdecko-Místecko</t>
   </si>
   <si>
     <t>Český Těšín, Frýdek-Místek, Frýdlant nad Ostravicí, Jablunkov, Třinec</t>
   </si>
   <si>
     <t>Družstevní 294, 73961 Třinec, 723 141 029</t>
   </si>
   <si>
     <t>Terénní program Krnovsko</t>
   </si>
   <si>
     <t>Krnov</t>
   </si>
   <si>
     <t>E. F. Buriana 908/1, 79401 Krnov 1, 608 868 460</t>
   </si>
   <si>
     <t>Terénní program na Novojičínsku</t>
   </si>
   <si>
-    <t>Bílovec, Frenštát pod Radhoštěm, Kopřivnice, Nový Jičín, Odry, Příbor</t>
+    <t>Bílovec, Budišov nad Budišovkou, Frenštát pod Radhoštěm, Kopřivnice, Nový Jičín, Odry, Příbor, Vítkov</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 723 946 507</t>
   </si>
   <si>
     <t>Terénní program Ostrava</t>
   </si>
   <si>
     <t>Bohumín, Hlučín, Ostrava</t>
   </si>
   <si>
     <t>Zengrova 828/69, 70300 Ostrava 3, 774 719 357</t>
   </si>
   <si>
     <t>Terénní programy ARKA</t>
   </si>
   <si>
     <t>Sokolská třída 2587/81, 70200 Ostrava 2, 734 377 810</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>