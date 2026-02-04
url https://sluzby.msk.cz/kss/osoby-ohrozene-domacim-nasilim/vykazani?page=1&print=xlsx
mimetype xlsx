--- v0 (2025-11-01)
+++ v1 (2026-02-04)
@@ -89,96 +89,96 @@
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek, 773 173 604</t>
   </si>
   <si>
     <t>Občanská poradna Opava</t>
   </si>
   <si>
     <t>Opava, Slavkov</t>
   </si>
   <si>
     <t>Kylešovská 835/10, 74601 Opava, 731 316 552, Zámecká 156, 74757 Slavkov u Opavy, 731 316 552</t>
   </si>
   <si>
     <t>OBČANSKÁ PORADNA Havířov, oborné sociální poradenství</t>
   </si>
   <si>
     <t>Havířov</t>
   </si>
   <si>
     <t>Opletalova 607/4, 73601 Havířov, 734 864 124</t>
   </si>
   <si>
-    <t>Občanská poradna Nový Jičín</t>
+    <t>Občanská poradna Novojičínsko</t>
   </si>
   <si>
     <t>Kopřivnice, Nový Jičín, Příbor</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 556 879 634, Sokolovská 617/9, 74101 Nový Jičín, 556 709 403, náměstí Sigmunda Freuda 19, 74258 Příbor, 556 709 403</t>
   </si>
   <si>
     <t>OBČANSKÁ PORADNA Ostrava, odborné sociální poradenství</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Štramberská 2871/47, 70300 Ostrava, 734 645 275</t>
   </si>
   <si>
     <t>Občanská poradna v Bohumíně</t>
   </si>
   <si>
     <t>Bohumín</t>
   </si>
   <si>
     <t>Štefánikova 957, 73581 Bohumín, 734 645 275</t>
   </si>
   <si>
     <t>Poradenské a informační centrum - odborné sociální poradenství</t>
   </si>
   <si>
     <t>Klimkovice, Ostrava, Petřvald, Šenov, Vratimov</t>
   </si>
   <si>
     <t>Holvekova 204/44, 71800 Ostrava 18, 734 875 532, Puchmajerova 980/10, 70200 Ostrava 2, 734 875 532, Plzeňská 2617/6, 70030 Ostrava 30, 734 875 532</t>
   </si>
   <si>
     <t>Poradna Charity Ostrava</t>
   </si>
   <si>
     <t>Charvátská 785/8, 70030 Ostrava, 731 625 767</t>
   </si>
   <si>
     <t>Rodinná poradna</t>
   </si>
   <si>
-    <t>Hlučín, Hradec nad Moravicí, Nový Jičín, Odry, Ostrava, Raduň, Třinec</t>
+    <t>Bartošovice, Bělá, Bohuslavice, Čavisov, Darkovice, Děhylov, Dobroslavice, Dolní Benešov, Dolní Lhota, Hať, Hladké Životice, Hlučín, Hodslavice, Horní Lhota, Hostašovice, Jeseník nad Odrou, Klimkovice, Kozmice, Kunín, Libhošť, Ludgeřovice, Markvartovice, Mořkov, Nový Jičín, Olbramice, Ostrava, Píšť, Rybí, Sedlnice, Stará Ves nad Ondřejnicí, Starý Jičín, Suchdol nad Odrou, Šenov, Šenov u Nového Jičína, Šilheřovice, Třinec, Václavovice, Velká Polom, Vratimov, Vřesina, Závada, Zbyslavice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Jahnova 867/12, 70900 Ostrava, 595 054 000</t>
   </si>
   <si>
     <t>Sociální poradna</t>
   </si>
   <si>
     <t>Bruntál</t>
   </si>
   <si>
     <t>U Rybníka 1568/4, 79201 Bruntál, 554 219 210</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>