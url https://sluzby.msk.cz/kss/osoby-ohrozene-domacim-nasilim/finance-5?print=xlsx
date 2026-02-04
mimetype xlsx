--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -74,72 +74,72 @@
   <si>
     <t>Třinec</t>
   </si>
   <si>
     <t>Máchova 643, 73961 Třinec, 558 320 300</t>
   </si>
   <si>
     <t>Občanská poradna</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek, 773 173 604</t>
   </si>
   <si>
     <t>Občanská poradna Opava</t>
   </si>
   <si>
     <t>Opava, Slavkov</t>
   </si>
   <si>
     <t>Kylešovská 835/10, 74601 Opava, 731 316 552, Zámecká 156, 74757 Slavkov u Opavy, 731 316 552</t>
   </si>
   <si>
-    <t>Občanská poradna Nový Jičín</t>
+    <t>Občanská poradna Novojičínsko</t>
   </si>
   <si>
     <t>Kopřivnice, Nový Jičín, Příbor</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 556 879 634, Sokolovská 617/9, 74101 Nový Jičín, 556 709 403, náměstí Sigmunda Freuda 19, 74258 Příbor, 556 709 403</t>
   </si>
   <si>
     <t>Občanská poradna v Bohumíně</t>
   </si>
   <si>
     <t>Bohumín</t>
   </si>
   <si>
     <t>Štefánikova 957, 73581 Bohumín, 734 645 275</t>
   </si>
   <si>
     <t>Rodinná poradna</t>
   </si>
   <si>
-    <t>Hlučín, Hradec nad Moravicí, Nový Jičín, Odry, Ostrava, Raduň, Třinec</t>
+    <t>Bartošovice, Bělá, Bohuslavice, Čavisov, Darkovice, Děhylov, Dobroslavice, Dolní Benešov, Dolní Lhota, Hať, Hladké Životice, Hlučín, Hodslavice, Horní Lhota, Hostašovice, Jeseník nad Odrou, Klimkovice, Kozmice, Kunín, Libhošť, Ludgeřovice, Markvartovice, Mořkov, Nový Jičín, Olbramice, Ostrava, Píšť, Rybí, Sedlnice, Stará Ves nad Ondřejnicí, Starý Jičín, Suchdol nad Odrou, Šenov, Šenov u Nového Jičína, Šilheřovice, Třinec, Václavovice, Velká Polom, Vratimov, Vřesina, Závada, Zbyslavice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Jahnova 867/12, 70900 Ostrava, 595 054 000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>