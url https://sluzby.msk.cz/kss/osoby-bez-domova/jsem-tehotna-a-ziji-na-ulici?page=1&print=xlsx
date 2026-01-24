--- v0 (2025-10-14)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Armáda spásy, Azylový dům pro muže Havířov</t>
   </si>
   <si>
     <t>Havířov</t>
   </si>
   <si>
     <t>Na Spojce 807/2, 73601 Havířov</t>
   </si>
   <si>
     <t>Armáda spásy, Azylový dům Adelante Ostrava</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
@@ -338,56 +338,50 @@
   <si>
     <t>SÁRA Frýdek-Místek, noclehárna pro ženy</t>
   </si>
   <si>
     <t>Bruzovská 328, 73801 Frýdek-Místek 1, 731 149 539</t>
   </si>
   <si>
     <t>Linka důvěry</t>
   </si>
   <si>
     <t>Albrechtice, Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Nemocniční 898/20, 72880 Ostrava, 737 267 939</t>
   </si>
   <si>
     <t>Armáda spásy, Terénní programy Adelante Ostrava</t>
   </si>
   <si>
     <t>Armáda spásy, Prevence bezdomovectví Bohumín</t>
   </si>
   <si>
     <t>Trnková 322, 73551 Bohumín, 737 215 431</t>
   </si>
   <si>
-    <t>Armáda spásy, Prevence bezdomovectví Frýdek-Místek</t>
-[...4 lines deleted...]
-  <si>
     <t>Armáda spásy, Prevence bezdomovectví Havířov</t>
   </si>
   <si>
     <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
   </si>
   <si>
     <t>Obránců míru 619/3, 73601 Havířov, 737 215 426</t>
   </si>
   <si>
     <t>Armáda spásy, Prevence bezdomovectví Kopřivnice</t>
   </si>
   <si>
     <t>Horní 1112/21b, 74221 Kopřivnice, 251 106 424</t>
   </si>
   <si>
     <t>Armáda spásy, Terénní programy Havířov</t>
   </si>
   <si>
     <t>Na Spojce 807/2, 73601 Havířov, 773 770 141</t>
   </si>
   <si>
     <t>Armáda spásy, Terénní programy Krnov</t>
   </si>
   <si>
     <t>Opavská 251/26, 79401 Krnov, 737 215 429</t>
@@ -422,108 +416,108 @@
   <si>
     <t>nám. T. G. Masaryka 810/4, 73601 Havířov 1, 603 761 243</t>
   </si>
   <si>
     <t>Charitní dům sv. Benedikta Labre - terénní programy</t>
   </si>
   <si>
     <t>Lidická 773/54, 70300 Ostrava, 733 441 883</t>
   </si>
   <si>
     <t>KONTAKT Bohumín, terénní program</t>
   </si>
   <si>
     <t>Drátovenská 246, 73551 Bohumín, 734 640 269</t>
   </si>
   <si>
     <t>KONTAKT Karviná</t>
   </si>
   <si>
     <t>Gustawa Morcinka 1332/1, 73506 Karviná, 733 142 401</t>
   </si>
   <si>
     <t>OPEN STREET</t>
   </si>
   <si>
-    <t>Dr. E. Beneše 309/47, 79201 Bruntál, 775 096 716</t>
+    <t>Dr. E. Beneše 309/47, 79201 Bruntál, 775 096 710</t>
   </si>
   <si>
     <t>Poradenské centrum R-R Ostrava</t>
   </si>
   <si>
     <t>Macharova 965/7, 70200 Ostrava 2, 777 180 186</t>
   </si>
   <si>
     <t>Armáda spásy, Prevence bezdomovectví Frenštát pod Radhoštěm</t>
   </si>
   <si>
     <t>Frenštát pod Radhoštěm</t>
   </si>
   <si>
     <t>Martinská čtvrť 1136, 74401 Frenštát pod Radhoštěm, 737 215 433</t>
   </si>
   <si>
     <t>Program bydlení CENTROM</t>
   </si>
   <si>
     <t>28. října 875/275, 70900 Ostrava, 774 713 002</t>
   </si>
   <si>
     <t>Služby drogové prevence OPEN HOUSE</t>
   </si>
   <si>
     <t>Bruntál, Kravaře, Vrbno pod Pradědem</t>
   </si>
   <si>
-    <t>Zahradní 1455/1, 79201 Bruntál 1, 775 096 714, Zámecké náměstí 1/13, 79401 Krnov 1, 775 096 714, Husova 469, 79326 Vrbno pod Pradědem, 775 096 714</t>
+    <t>Zahradní 1455/1, 79201 Bruntál 1, 775 096 710, Zámecké náměstí 1/13, 79401 Krnov 1, 775 096 714, Husova 469, 79326 Vrbno pod Pradědem, 775 096 714</t>
   </si>
   <si>
     <t>STREETWORK ON LINE Karviná, terénní program</t>
   </si>
   <si>
     <t>V Aleji 435/12, 73401 Karviná 4, 731 428 974</t>
   </si>
   <si>
     <t>Terénní program Frýdecko-Místecko</t>
   </si>
   <si>
     <t>Český Těšín, Frýdek-Místek, Frýdlant nad Ostravicí, Jablunkov, Třinec</t>
   </si>
   <si>
     <t>Družstevní 294, 73961 Třinec, 723 141 029</t>
   </si>
   <si>
     <t>Terénní program Krnovsko</t>
   </si>
   <si>
     <t>E. F. Buriana 908/1, 79401 Krnov 1, 608 868 460</t>
   </si>
   <si>
     <t>Terénní program na Novojičínsku</t>
   </si>
   <si>
-    <t>Bílovec, Frenštát pod Radhoštěm, Kopřivnice, Nový Jičín, Odry, Příbor</t>
+    <t>Bílovec, Budišov nad Budišovkou, Frenštát pod Radhoštěm, Kopřivnice, Nový Jičín, Odry, Příbor, Vítkov</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 723 946 507</t>
   </si>
   <si>
     <t>Terénní program Ostrava</t>
   </si>
   <si>
     <t>Bohumín, Hlučín, Ostrava</t>
   </si>
   <si>
     <t>Zengrova 828/69, 70300 Ostrava 3, 774 719 357</t>
   </si>
   <si>
     <t>Terénní programy ARKA</t>
   </si>
   <si>
     <t>Sokolská třída 2587/81, 70200 Ostrava 2, 734 377 810</t>
   </si>
   <si>
     <t>Terénní programy organizační jednotky Helpale</t>
   </si>
   <si>
     <t>Bieblova 404/8, 70200 Ostrava 2, 596 130 715</t>
   </si>
@@ -870,54 +864,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C73"/>
+  <dimension ref="A1:C72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C73" sqref="C73"/>
+      <selection activeCell="C72" sqref="C72"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1394,340 +1388,329 @@
         <v>105</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>98</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>37</v>
+        <v>109</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>111</v>
+        <v>17</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>111</v>
+        <v>72</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
         <v>117</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>118</v>
+        <v>79</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B54" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C54" s="2" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2" t="s">
         <v>122</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>40</v>
+        <v>123</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>125</v>
+        <v>4</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>7</v>
+        <v>98</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2" t="s">
         <v>131</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2" t="s">
         <v>133</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2" t="s">
         <v>135</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>50</v>
+        <v>103</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2" t="s">
         <v>137</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>103</v>
+        <v>138</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>140</v>
+        <v>7</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2" t="s">
         <v>142</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>7</v>
+        <v>143</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>145</v>
+        <v>40</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2" t="s">
         <v>147</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>40</v>
+        <v>148</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>150</v>
+        <v>72</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>72</v>
+        <v>153</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>158</v>
+        <v>7</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2" t="s">
         <v>160</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2" t="s">
         <v>162</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>163</v>
-      </c>
-[...9 lines deleted...]
-        <v>165</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">