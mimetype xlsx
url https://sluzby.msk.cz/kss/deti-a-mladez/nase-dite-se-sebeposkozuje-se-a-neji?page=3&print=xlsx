--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Krizové centrum Ostrava</t>
   </si>
   <si>
     <t>Albrechtice, Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Okružní 298/3, 79201 Bruntál, 725 075 432, Ruská 94/29, 70300 Ostrava 3, 596 110 882, 732 957 193</t>
   </si>
   <si>
     <t>Krizové centrum pro děti a rodinu</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Frýdek-Místek, Horní Lhota, Karviná, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
@@ -191,51 +191,51 @@
   <si>
     <t>Nízkoprahové zařízení pro děti a mládež Manhattan Odry</t>
   </si>
   <si>
     <t>Odry</t>
   </si>
   <si>
     <t>Nádražní 695/28, 74235 Odry, 775 886 946</t>
   </si>
   <si>
     <t>Nízkoprahové zařízení pro děti a mládež Radvanice</t>
   </si>
   <si>
     <t>Ráčkova 664/20, 71600 Ostrava, 774 713 002</t>
   </si>
   <si>
     <t>Nízkoprahové zařízení pro děti a mládež SPOLEČNĚ-JEKHETANE</t>
   </si>
   <si>
     <t>Dělnická 387/20, 70800 Ostrava, 774 482 407, Božkova 969/65, 70200 Ostrava, 774 482 407</t>
   </si>
   <si>
     <t>Nízkoprahové zařízení pro děti a mládež Vítkovice</t>
   </si>
   <si>
-    <t>Sirotčí 692/45, 70300 Ostrava, 774 713 002</t>
+    <t>náměstí Jiřího z Poděbrad 779/15, 70300 Ostrava, 774 713 002</t>
   </si>
   <si>
     <t>Nízkoprahové zařízení pro děti a mládež-Komunitní centrum Hrušov</t>
   </si>
   <si>
     <t>Zemanská 568/3, 71200 Ostrava, 734 567 227, Hladnovská 259/128, 71200 Ostrava, 734 567 227, Bieblova 404/8, 70200 Ostrava, 734 567 227</t>
   </si>
   <si>
     <t>Nízkoprahové zařízení pro děti a mládež-Komunitní centrum Liščina</t>
   </si>
   <si>
     <t>Technická 659/10, 71100 Ostrava, 596 244 640, 777 760 199</t>
   </si>
   <si>
     <t>Nízkoprahový klub U-kryt</t>
   </si>
   <si>
     <t>Jiřího z Poděbrad 3109, 73801 Frýdek-Místek, 558 435 637, 776 219 568</t>
   </si>
   <si>
     <t>NZDM Futra</t>
   </si>
   <si>
     <t>Orlová</t>
   </si>
@@ -281,456 +281,435 @@
   <si>
     <t>Rolnická 1636/21a, 74705 Opava 5, 775 591 986</t>
   </si>
   <si>
     <t>NZDM Maják</t>
   </si>
   <si>
     <t>B. Němcové 853, 73514 Orlová 4, 777 988 786</t>
   </si>
   <si>
     <t>NZDM Na Hraně</t>
   </si>
   <si>
     <t>Hlučín</t>
   </si>
   <si>
     <t>Úzká 717/3, 74801 Hlučín, 775 591 986</t>
   </si>
   <si>
     <t>NZDM OPEN HOUSE</t>
   </si>
   <si>
     <t>Bruntál, Vrbno pod Pradědem</t>
   </si>
   <si>
-    <t>Dlouhá 1852/26b, 79201 Bruntál 1, 775 096 716, Dr. E. Beneše 309/47, 79201 Bruntál 1, 775 096 716</t>
-[...5 lines deleted...]
-    <t>Vítkov</t>
+    <t>Dr. E. Beneše 309/47, 79201 Bruntál 1, 775 096 716, Husova 469, 79326 Vrbno pod Pradědem, 775 096 716</t>
+  </si>
+  <si>
+    <t>POHODA Karviná</t>
+  </si>
+  <si>
+    <t>V Aleji 435/12, 73401 Karviná, 603 855 041</t>
+  </si>
+  <si>
+    <t>Zvídálek-středisko pro mimoškolní činnost dětí a mládeže</t>
+  </si>
+  <si>
+    <t>Hlubčická 297/3, 79401 Krnov 1, 554 611 366, 606 771 040</t>
+  </si>
+  <si>
+    <t>Adiktologická poradna ARKA</t>
+  </si>
+  <si>
+    <t>Gregorova 2427/2, 70200 Ostrava 2, 734 377 810</t>
+  </si>
+  <si>
+    <t>Dluhové poradenství</t>
+  </si>
+  <si>
+    <t>Budišov nad Budišovkou, Fulnek, Odry, Vítkov</t>
+  </si>
+  <si>
+    <t>Partyzánská 229, 74787 Budišov nad Budišovkou, Masarykova 388, 74245 Fulnek, Hranická 1113/48, 74235 Odry, 604 645 378, Komenského 169, 74901 Vítkov</t>
+  </si>
+  <si>
+    <t>Poradna ELPIS, odborné sociální poradenství</t>
+  </si>
+  <si>
+    <t>Bruntál, Dívčí Hrad, Krnov, Rýmařov</t>
+  </si>
+  <si>
+    <t>Zahradní 1455/1, 79201 Bruntál, 734 518 846, Dívčí Hrad 62, 79399 Dívčí Hrad, 734 518 846</t>
+  </si>
+  <si>
+    <t>ELPIS Třinec, odborné sociální poradenství</t>
+  </si>
+  <si>
+    <t>Máchova 643, 73961 Třinec, 558 320 300</t>
+  </si>
+  <si>
+    <t>Charitní poradna</t>
+  </si>
+  <si>
+    <t>Český Těšín, Horní Bludovice, Horní Suchá, Horní Tošanovice, Komorní Lhotka, Ropice, Soběšovice, Těrlicko</t>
+  </si>
+  <si>
+    <t>Hrabinská 458/33, 73701 Český Těšín 1, 603 287 231</t>
+  </si>
+  <si>
+    <t>Občanská poradna</t>
+  </si>
+  <si>
+    <t>Palackého 129, 73801 Frýdek-Místek, 773 173 604</t>
+  </si>
+  <si>
+    <t>Občanská poradna Opava</t>
+  </si>
+  <si>
+    <t>Opava, Slavkov</t>
+  </si>
+  <si>
+    <t>Kylešovská 835/10, 74601 Opava, 731 316 552, Zámecká 156, 74757 Slavkov u Opavy, 731 316 552</t>
+  </si>
+  <si>
+    <t>OBČANSKÁ PORADNA Havířov, oborné sociální poradenství</t>
+  </si>
+  <si>
+    <t>Opletalova 607/4, 73601 Havířov, 734 864 124</t>
+  </si>
+  <si>
+    <t>OBČANSKÁ PORADNA Karviná</t>
+  </si>
+  <si>
+    <t>Havířská 1189/31, 73506 Karviná, 734 645 272, V Aleji 435/12, 73401 Karviná 4, 734 645 272</t>
+  </si>
+  <si>
+    <t>občanská poradna Lexikona</t>
+  </si>
+  <si>
+    <t>Hlavní náměstí 46/14, 79401 Krnov, 774 380 896</t>
+  </si>
+  <si>
+    <t>Občanská poradna Novojičínsko</t>
+  </si>
+  <si>
+    <t>Kopřivnice, Nový Jičín, Příbor</t>
+  </si>
+  <si>
+    <t>Štefánikova 1163/12, 74221 Kopřivnice, 556 879 634, Sokolovská 617/9, 74101 Nový Jičín, 556 709 403, náměstí Sigmunda Freuda 19, 74258 Příbor, 556 709 403</t>
+  </si>
+  <si>
+    <t>OBČANSKÁ PORADNA Ostrava, odborné sociální poradenství</t>
+  </si>
+  <si>
+    <t>Štramberská 2871/47, 70300 Ostrava, 734 645 275</t>
+  </si>
+  <si>
+    <t>Občanská poradna v Bohumíně</t>
+  </si>
+  <si>
+    <t>Štefánikova 957, 73581 Bohumín, 734 645 275</t>
+  </si>
+  <si>
+    <t>Občanské poradny SPOLEČNĚ-JEKHETANE</t>
+  </si>
+  <si>
+    <t>U Tiskárny 515/3, 70200 Ostrava, 596 113 890, Dělnická 387/20, 70800 Ostrava, 591 124 979</t>
+  </si>
+  <si>
+    <t>Odborné sociální poradenství - Vstupní byty, Bohumínská 25, Ostrava-Muglinov</t>
+  </si>
+  <si>
+    <t>Bohumínská 25/152, 71200 Ostrava, 725 876 755</t>
+  </si>
+  <si>
+    <t>Poradenské a informační centrum - odborné sociální poradenství</t>
+  </si>
+  <si>
+    <t>Klimkovice, Ostrava, Petřvald, Šenov, Vratimov</t>
+  </si>
+  <si>
+    <t>Holvekova 204/44, 71800 Ostrava 18, 734 875 532, Puchmajerova 980/10, 70200 Ostrava 2, 734 875 532, Plzeňská 2617/6, 70030 Ostrava 30, 734 875 532</t>
+  </si>
+  <si>
+    <t>Poradenské a mediační centrum</t>
+  </si>
+  <si>
+    <t>Čavisov, Dolní Lhota, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vřesina, Zbyslavice</t>
+  </si>
+  <si>
+    <t>Žerotínova 1230/1, 70200 Ostrava, 737 208 548</t>
+  </si>
+  <si>
+    <t>Poradenské centrum</t>
+  </si>
+  <si>
+    <t>Baška, Bílá, Čeladná, Dobrá, Frýdlant nad Ostravicí, Janovice, Lučina, Malenovice, Ostravice, Pazderna, Pržno, Pstruží, Raškovice, Staré Hamry</t>
+  </si>
+  <si>
+    <t>Náměstí 3, 73911 Frýdlant nad Ostravicí, 737 627 872, Padlých hrdinů 312, 73911 Frýdlant nad Ostravicí, 737 627 872</t>
+  </si>
+  <si>
+    <t>Poradenské centrum R-R Ostrava</t>
+  </si>
+  <si>
+    <t>Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
+  </si>
+  <si>
+    <t>Macharova 965/7, 70200 Ostrava 2, 777 180 186</t>
+  </si>
+  <si>
+    <t>Poradenské středisko EUROTOPIA Opava</t>
+  </si>
+  <si>
+    <t>Bolatice, Dolní Benešov, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kravaře, Oldřišov, Rohov, Služovice, Strahovice, Sudice, Štěpánkovice, Velké Hoštice</t>
+  </si>
+  <si>
+    <t>Zacpalova 379/27, 74601 Opava, 734 202 918</t>
+  </si>
+  <si>
+    <t>Poradenské středisko pro rodinu a dítě "RaD"</t>
+  </si>
+  <si>
+    <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
+  </si>
+  <si>
+    <t>Atriová 1297/5, 73601 Havířov, 596 885 678</t>
+  </si>
+  <si>
+    <t>Poradna Ergon</t>
+  </si>
+  <si>
+    <t>Frýdecká 424, 73961 Třinec, 734 863 270</t>
+  </si>
+  <si>
+    <t>Poradna Charity Ostrava</t>
+  </si>
+  <si>
+    <t>Charvátská 785/8, 70030 Ostrava, 731 625 767</t>
+  </si>
+  <si>
+    <t>Poradenské a terapeutické centrum (Třinec)</t>
+  </si>
+  <si>
+    <t>Máchova 643, 73961 Třinec, 608 615 138</t>
+  </si>
+  <si>
+    <t>Poradenské a terapeutické centrum (Karviná)</t>
+  </si>
+  <si>
+    <t>Jurkovičova 1547/12, 73506 Karviná</t>
+  </si>
+  <si>
+    <t>Poradna pro vztahy a rodinu – vztahové poradenství</t>
+  </si>
+  <si>
+    <t>Syllabova 19, 70300 Ostrava, 774 724 428, Karla Pokorného 447/52a, 70800 Ostrava 8, 774 724 428</t>
+  </si>
+  <si>
+    <t>Poradna pro ženy a dívky Frýdek-Mistek</t>
+  </si>
+  <si>
+    <t>Malý Koloredov 811, 73801 Frýdek-Místek 1, 558 434 961, 731 752 513</t>
+  </si>
+  <si>
+    <t>Poradna Spolku Tulipán</t>
+  </si>
+  <si>
+    <t>Horní Suchá</t>
+  </si>
+  <si>
+    <t>Těrlická 1257, 73535 Horní Suchá, 608 567 552</t>
+  </si>
+  <si>
+    <t>Poradna sv. Alexandra</t>
+  </si>
+  <si>
+    <t>Františka Formana 251/13, 70030 Ostrava, 731 625 840</t>
+  </si>
+  <si>
+    <t>Rodinná poradna</t>
+  </si>
+  <si>
+    <t>Bartošovice, Bělá, Bohuslavice, Čavisov, Darkovice, Děhylov, Dobroslavice, Dolní Benešov, Dolní Lhota, Hať, Hladké Životice, Hlučín, Hodslavice, Horní Lhota, Hostašovice, Jeseník nad Odrou, Klimkovice, Kozmice, Kunín, Libhošť, Ludgeřovice, Markvartovice, Mořkov, Nový Jičín, Olbramice, Ostrava, Píšť, Rybí, Sedlnice, Stará Ves nad Ondřejnicí, Starý Jičín, Suchdol nad Odrou, Šenov, Šenov u Nového Jičína, Šilheřovice, Třinec, Václavovice, Velká Polom, Vratimov, Vřesina, Závada, Zbyslavice, Životice u Nového Jičína</t>
+  </si>
+  <si>
+    <t>Jahnova 867/12, 70900 Ostrava, 595 054 000</t>
+  </si>
+  <si>
+    <t>Sociálně právní poradna</t>
+  </si>
+  <si>
+    <t>Bieblova 404/8, 70200 Ostrava, 596 128 401</t>
+  </si>
+  <si>
+    <t>Sociální poradna ANIMA VIVA o.s.</t>
+  </si>
+  <si>
+    <t>Hlučín, Kravaře, Opava, Vítkov</t>
+  </si>
+  <si>
+    <t>Sušilova 1751/1, 74601 Opava 1, 739 404 544</t>
+  </si>
+  <si>
+    <t>Odborné sociální poradenství v paliativní péči</t>
+  </si>
+  <si>
+    <t>Ostravská 783, 73701 Český Těšín</t>
+  </si>
+  <si>
+    <t>Centrum inkluze o.p.s.</t>
+  </si>
+  <si>
+    <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Kružberk, Melč, Moravice, Nové Lublice, Radkov, Staré Těchanovice, Svatoňovice, Větřkovice, Vítkov</t>
+  </si>
+  <si>
+    <t>Švermova /249, 74901 Vítkov, nám. Jana Zajíce /1, 74901 Vítkov</t>
+  </si>
+  <si>
+    <t>Armáda spásy, Sociálně aktivizační služby pro rodiny s dětmi Kopřivnice, Příbor, Štramberk</t>
+  </si>
+  <si>
+    <t>Kopřivnice, Příbor, Štramberk</t>
+  </si>
+  <si>
+    <t>Horní 1112/21b, 74221 Kopřivnice</t>
+  </si>
+  <si>
+    <t>Centrum Pramínek</t>
+  </si>
+  <si>
+    <t>Míru 1345, 73801 Frýdek-Místek, 733 676 671</t>
+  </si>
+  <si>
+    <t>Hnízdo-Čiriklano Kher</t>
+  </si>
+  <si>
+    <t>Bílovec, Orlová, Ostrava, Petřvald, Studénka</t>
+  </si>
+  <si>
+    <t>Bieblova 406/6, 70200 Ostrava, 596 111 840</t>
+  </si>
+  <si>
+    <t>Charitní středisko Klíč</t>
+  </si>
+  <si>
+    <t>Hrabinská 458/33, 73701 Český Těšín, 703 842 051</t>
+  </si>
+  <si>
+    <t>KLUB-KO</t>
+  </si>
+  <si>
+    <t>U Tiskárny 515/3, 70200 Ostrava, 596 136 609</t>
+  </si>
+  <si>
+    <t>Návrat dítěte do rodiny</t>
+  </si>
+  <si>
+    <t>Prokešovo náměstí 618/3, 70200 Ostrava, 724 701 613</t>
+  </si>
+  <si>
+    <t>SAS Elim Opava</t>
+  </si>
+  <si>
+    <t>Bělá, Bohuslavice, Bolatice, Branka u Opavy, Bratříkovice, Brumovice, Březová, Budišov nad Budišovkou, Budišovice, Čermná ve Slezsku, Darkovice, Děhylov, Dobroslavice, Dolní Benešov, Dolní Životice, Háj ve Slezsku, Hať, Hlavnice, Hlubočec, Hlučín, Hněvošice, Holasovice, Hrabyně, Hradec nad Moravicí, Chlebičov, Chuchelná, Chvalíkovice, Jakartovice, Jezdkovice, Kobeřice, Kozmice, Kravaře, Kružberk, Kyjovice, Lhotka u Litultovic, Litultovice, Ludgeřovice, Markvartovice, Melč, Mikolajice, Mladecko, Mokré Lazce, Moravice, Neplachovice, Nové Lublice, Nové Sedlice, Oldřišov, Opava, Otice, Píšť, Pustá Polom, Radkov, Raduň, Rohov, Skřipov, Slavkov, Služovice, Sosnová, Staré Těchanovice, Stěbořice, Strahovice, Sudice, Svatoňovice, Šilheřovice, Štáblovice, Štěpánkovice, Štítina, Těškovice, Třebom, Uhlířov, Velké Heraltice, Velké Hoštice, Větřkovice, Vítkov, Vršovice, Vřesina, Závada</t>
+  </si>
+  <si>
+    <t>Rolnická 1636/21a, 74705 Opava, 775 591 986</t>
+  </si>
+  <si>
+    <t>SAS Tunnel</t>
+  </si>
+  <si>
+    <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Melč, Radkov, Svatoňovice, Větřkovice, Vítkov</t>
   </si>
   <si>
     <t>Dělnická 746, 74901 Vítkov, 553 038 227, 733 183 778</t>
   </si>
   <si>
-    <t>POHODA Karviná</t>
-[...325 lines deleted...]
-  <si>
     <t>Sociálně aktivizační služba pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Fulnek, Heřmánky, Jakubčovice nad Odrou, jiná obec v ČR, Luboměř, Mankovice, Odry, Spálov</t>
   </si>
   <si>
     <t>Nádražní 695/28, 74235 Odry, 728 476 958</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Hlučín, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
-    <t>Nerudova 686/49, 70300 Ostrava 3, 595 054 006, Čujkovova 1718/29, 70030 Ostrava 30, 595 054 006</t>
+    <t>Nerudova 686/49, 70300 Ostrava 3, 736 609 529, Čujkovova 1718/29, 70030 Ostrava 30, 736 609 529</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi Nový Jičín</t>
   </si>
   <si>
     <t>Bartošovice, Bernartice nad Odrou, Hladké Životice, Hodslavice, Hostašovice, Jeseník nad Odrou, Kunín, Libhošť, Mořkov, Nový Jičín, Rybí, Sedlnice, Starý Jičín, Suchdol nad Odrou, Šenov u Nového Jičína, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Kostelní 2080/6, 74101 Nový Jičín, 774 789 811</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISITENCE Karviná, Orlová</t>
   </si>
   <si>
     <t>Dětmarovice, Doubrava, Karviná, Orlová, Petrovice u Karviné, Petřvald, Stonava</t>
   </si>
   <si>
     <t>V Aleji 435/12, 73401 Karviná 4, 604 642 991, Masarykova třída 900, 73514 Orlová, 604 642 991</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Jablunkov, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Hrčava, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
   <si>
     <t>čp. 650, 73992 Návsí, 558 320 300</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Krnovsko, Albrechticko, Osoblažsko, Rýmařovsko</t>
   </si>
   <si>
     <t>Bohušov, Brantice, Břidličná, Býkov-Láryšov, Čaková, Dívčí Hrad, Dolní Moravice, Heřmanovice, Hlinka, Holčovice, Horní Město, Hošťálkovy, Janov, Jindřichov, Jiříkov, Krasov, Lichnov, Liptaň, Malá Morávka, Malá Štáhle, Město Albrechtice, Osoblaha, Petrovice, Rusín, Rýmařov, Ryžoviště, Slezské Pavlovice, Slezské Rudoltice, Stará Ves, Třemešná, Tvrdkov, Úvalno, Velká Štáhle, Vysoká, Zátor</t>
   </si>
   <si>
     <t>Dvořákův okruh 298/21, 79401 Krnov, Lázeňská 119/2, 79395 Město Albrechtice, Klášterní 100, 79399 Osoblaha, třída Hrdinů 414/4, 79501 Rýmařov</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Ostrava, Bohumín, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Bohumín, Ostrava</t>
   </si>
   <si>
     <t>Drátovenská 246, 73551 Bohumín 5, 734 360 326, Štramberská 2871/47, 70300 Ostrava 3, 734 769 704</t>
-  </si>
-[...4 lines deleted...]
-    <t>Bystřice, Hnojník, Komorní Lhotka, Košařiska, Nýdek, Ropice, Řeka, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE, Frýdek - Místek, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Baška, Brušperk, Bruzovice, Čeladná, Dobrá, Dobratice, Dolní Tošanovice, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Hnojník, Horní Tošanovice, Hukvaldy, Janovice, Kaňovice, Kozlovice, Krásná, Lučina, Metylovice, Nižní Lhoty, Nošovice, Ostrava, Ostravice, Palkovice, Paskov, Pazderna, Pržno, Raškovice, Řepiště, Sedliště, Staré Město, Staříč, Sviadnov, Třanovice, Vojkovice, Vyšní Lhoty, Žabeň, Žermanice</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek 1, 739 380 145</t>
   </si>
   <si>
     <t>Linka důvěry</t>
   </si>
   <si>
     <t>Nemocniční 898/20, 72880 Ostrava, 737 267 939</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -1062,54 +1041,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C92"/>
+  <dimension ref="A1:C89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C92" sqref="C92"/>
+      <selection activeCell="C89" sqref="C89"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1465,249 +1444,249 @@
         <v>84</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B36" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C36" s="2" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="B37" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C37" s="2" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C38" s="2" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B39" s="2" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B41" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C41" s="2" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="B42" s="2" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B43" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C43" s="2" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="B44" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="B44" s="2" t="s">
+      <c r="C44" s="2" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C45" s="2" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C46" s="2" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="C48" s="2" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C49" s="2" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C50" s="2" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="B53" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="C53" s="2" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="B54" s="2" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2" t="s">
         <v>135</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>136</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>139</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>140</v>
@@ -1718,417 +1697,384 @@
         <v>141</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2" t="s">
         <v>144</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2" t="s">
         <v>147</v>
       </c>
       <c r="B59" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C59" s="2" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C60" s="2" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>75</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="B65" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="C65" s="2" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="B66" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C66" s="2" t="s">
         <v>163</v>
-      </c>
-[...4 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="B67" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="B67" s="2" t="s">
+      <c r="C67" s="2" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="B69" s="2" t="s">
         <v>170</v>
       </c>
-      <c r="B69" s="2" t="s">
+      <c r="C69" s="2" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C70" s="2" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B71" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="B71" s="2" t="s">
+      <c r="C71" s="2" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="B72" s="2" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2" t="s">
         <v>180</v>
       </c>
       <c r="B73" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C73" s="2" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="B74" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="B74" s="2" t="s">
+      <c r="C74" s="2" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="B75" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C75" s="2" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>189</v>
+        <v>30</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B79" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="C79" s="2" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="B80" s="2" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="2" t="s">
         <v>197</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>198</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="2" t="s">
         <v>200</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>201</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>92</v>
+        <v>202</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>221</v>
+        <v>4</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>222</v>
-      </c>
-[...31 lines deleted...]
-        <v>229</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">