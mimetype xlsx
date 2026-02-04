--- v1 (2025-11-30)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Armáda spásy, Nízkoprahové zařízení pro děti a mládež Havířov</t>
   </si>
   <si>
     <t>Havířov</t>
   </si>
   <si>
     <t>Slovenského nár. povstání 805/2, 73601 Havířov, 737 215 426</t>
   </si>
   <si>
     <t>Armáda spásy, Nízkoprahové zařízení pro děti a mládež Kopřivnice</t>
   </si>
   <si>
     <t>Kopřivnice</t>
   </si>
   <si>
@@ -299,105 +299,96 @@
   <si>
     <t>Rolnická 1636/21a, 74705 Opava 5, 775 591 986</t>
   </si>
   <si>
     <t>NZDM Maják</t>
   </si>
   <si>
     <t>B. Němcové 853, 73514 Orlová 4, 777 988 786</t>
   </si>
   <si>
     <t>NZDM Na Hraně</t>
   </si>
   <si>
     <t>Hlučín</t>
   </si>
   <si>
     <t>Úzká 717/3, 74801 Hlučín, 775 591 986</t>
   </si>
   <si>
     <t>NZDM OPEN HOUSE</t>
   </si>
   <si>
     <t>Bruntál, Vrbno pod Pradědem</t>
   </si>
   <si>
-    <t>Dlouhá 1852/26b, 79201 Bruntál 1, 775 096 716, Dr. E. Beneše 309/47, 79201 Bruntál 1, 775 096 716</t>
-[...8 lines deleted...]
-    <t>Dělnická 746, 74901 Vítkov, 553 038 227, 733 183 778</t>
+    <t>Dr. E. Beneše 309/47, 79201 Bruntál 1, 775 096 716, Husova 469, 79326 Vrbno pod Pradědem, 775 096 716</t>
   </si>
   <si>
     <t>OPEN STREET</t>
   </si>
   <si>
     <t>Bruntál</t>
   </si>
   <si>
-    <t>Dr. E. Beneše 309/47, 79201 Bruntál, 775 096 716</t>
+    <t>Dr. E. Beneše 309/47, 79201 Bruntál, 775 096 710</t>
   </si>
   <si>
     <t>POHODA Karviná</t>
   </si>
   <si>
     <t>V Aleji 435/12, 73401 Karviná, 603 855 041</t>
   </si>
   <si>
     <t>Rebel</t>
   </si>
   <si>
     <t>Husova 3294, 73801 Frýdek-Místek 1, 739 002 785</t>
   </si>
   <si>
     <t>SAS Elim Opava</t>
   </si>
   <si>
     <t>Bělá, Bohuslavice, Bolatice, Branka u Opavy, Bratříkovice, Brumovice, Březová, Budišov nad Budišovkou, Budišovice, Čermná ve Slezsku, Darkovice, Děhylov, Dobroslavice, Dolní Benešov, Dolní Životice, Háj ve Slezsku, Hať, Hlavnice, Hlubočec, Hlučín, Hněvošice, Holasovice, Hrabyně, Hradec nad Moravicí, Chlebičov, Chuchelná, Chvalíkovice, Jakartovice, Jezdkovice, Kobeřice, Kozmice, Kravaře, Kružberk, Kyjovice, Lhotka u Litultovic, Litultovice, Ludgeřovice, Markvartovice, Melč, Mikolajice, Mladecko, Mokré Lazce, Moravice, Neplachovice, Nové Lublice, Nové Sedlice, Oldřišov, Opava, Otice, Píšť, Pustá Polom, Radkov, Raduň, Rohov, Skřipov, Slavkov, Služovice, Sosnová, Staré Těchanovice, Stěbořice, Strahovice, Sudice, Svatoňovice, Šilheřovice, Štáblovice, Štěpánkovice, Štítina, Těškovice, Třebom, Uhlířov, Velké Heraltice, Velké Hoštice, Větřkovice, Vítkov, Vršovice, Vřesina, Závada</t>
   </si>
   <si>
     <t>Rolnická 1636/21a, 74705 Opava, 775 591 986</t>
   </si>
   <si>
     <t>SLUNCE- služby nízkoprahového centra</t>
   </si>
   <si>
     <t>nám. Hrdinů 926/9, 79401 Krnov 1, 554 620 177, 608 868 460, E. F. Buriana 908/1, 79401 Krnov 1, 554 620 177, 608 868 460</t>
   </si>
   <si>
     <t>Služby drogové prevence OPEN HOUSE</t>
   </si>
   <si>
     <t>Bruntál, Kravaře, Vrbno pod Pradědem</t>
   </si>
   <si>
-    <t>Zahradní 1455/1, 79201 Bruntál 1, 775 096 714, Zámecké náměstí 1/13, 79401 Krnov 1, 775 096 714, Husova 469, 79326 Vrbno pod Pradědem, 775 096 714</t>
+    <t>Zahradní 1455/1, 79201 Bruntál 1, 775 096 710, Zámecké náměstí 1/13, 79401 Krnov 1, 775 096 714, Husova 469, 79326 Vrbno pod Pradědem, 775 096 714</t>
   </si>
   <si>
     <t>STREETWORK ON LINE Karviná, terénní program</t>
   </si>
   <si>
     <t>V Aleji 435/12, 73401 Karviná 4, 731 428 974</t>
   </si>
   <si>
     <t>Streetwork v Třinci</t>
   </si>
   <si>
     <t>Jablunkovská 110, 73961 Třinec, 739 401 802</t>
   </si>
   <si>
     <t>Terénní program Krnovsko</t>
   </si>
   <si>
     <t>E. F. Buriana 908/1, 79401 Krnov 1, 608 868 460</t>
   </si>
   <si>
     <t>Terénní programy ARKA</t>
   </si>
   <si>
     <t>Sokolská třída 2587/81, 70200 Ostrava 2, 734 377 810</t>
   </si>
@@ -449,51 +440,51 @@
   <si>
     <t>Karviná, Orlová</t>
   </si>
   <si>
     <t>tř. Družby 1106/25, 73506 Karviná, 731 428 974, Poštovní 338/4, 73301 Karviná, 731 428 974, Masarykova třída 1000, 73514 Orlová, 731 428 974</t>
   </si>
   <si>
     <t>Terapeutická komunita Renarkon</t>
   </si>
   <si>
     <t>Čeladná 383, 73912 Čeladná, 558 684 334, 775 272 543</t>
   </si>
   <si>
     <t>Terénní program Frýdecko-Místecko</t>
   </si>
   <si>
     <t>Český Těšín, Frýdek-Místek, Frýdlant nad Ostravicí, Jablunkov, Třinec</t>
   </si>
   <si>
     <t>Družstevní 294, 73961 Třinec, 723 141 029</t>
   </si>
   <si>
     <t>Terénní program na Novojičínsku</t>
   </si>
   <si>
-    <t>Bílovec, Frenštát pod Radhoštěm, Kopřivnice, Nový Jičín, Odry, Příbor</t>
+    <t>Bílovec, Budišov nad Budišovkou, Frenštát pod Radhoštěm, Kopřivnice, Nový Jičín, Odry, Příbor, Vítkov</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 723 946 507</t>
   </si>
   <si>
     <t>Terénní program Ostrava</t>
   </si>
   <si>
     <t>Bohumín, Hlučín, Ostrava</t>
   </si>
   <si>
     <t>Zengrova 828/69, 70300 Ostrava 3, 774 719 357</t>
   </si>
   <si>
     <t>EXIT, terapeutická komunita</t>
   </si>
   <si>
     <t>Komorní Lhota 151, 73953 Hnojník, 734 873 868</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -828,54 +819,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C61"/>
+  <dimension ref="A1:C60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C61" sqref="C61"/>
+      <selection activeCell="C60" sqref="C60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1275,285 +1266,274 @@
         <v>93</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>97</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B40" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C40" s="2" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C41" s="2" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B42" s="2" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B43" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C43" s="2" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="B44" s="2" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2" t="s">
         <v>111</v>
       </c>
       <c r="B45" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C45" s="2" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C46" s="2" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C47" s="2" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C48" s="2" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C49" s="2" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C50" s="2" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="B51" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C51" s="2" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="B52" s="2" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B53" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C53" s="2" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B54" s="2" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2" t="s">
         <v>133</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2" t="s">
         <v>136</v>
       </c>
       <c r="B56" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="C56" s="2" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="B57" s="2" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2" t="s">
         <v>141</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2" t="s">
         <v>144</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2" t="s">
         <v>147</v>
       </c>
       <c r="B60" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="C60" s="2" t="s">
         <v>148</v>
-      </c>
-[...12 lines deleted...]
-        <v>151</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">